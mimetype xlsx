--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -387,437 +387,492 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C34"/>
+  <dimension ref="A1:C39"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="55"/>
-    <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="2" max="2" customWidth="1" width="9"/>
+    <col min="3" max="3" customWidth="1" width="10"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">ناودانی 8  ناب تبریز 12 متری کارخانه  </v>
       </c>
       <c r="B2" t="str">
-        <v>436364</v>
+        <v>430000</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">ناودانی 8  ناب تبریز 6 متری کارخانه  </v>
       </c>
       <c r="B3" t="str">
-        <v>436364</v>
+        <v>430000</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">ناودانی 10  ناب تبریز 12 متری کارخانه  </v>
       </c>
       <c r="B4" t="str">
-        <v>433636</v>
+        <v>430000</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">ناودانی 10  ناب تبریز 6 متری کارخانه  </v>
       </c>
       <c r="B5" t="str">
-        <v>436364</v>
+        <v>430000</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">ناودانی 12  ناب تبریز 12 متری کارخانه  </v>
       </c>
       <c r="B6" t="str">
-        <v>433636</v>
+        <v>425455</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">ناودانی 12  ناب تبریز 6 متری کارخانه  </v>
       </c>
       <c r="B7" t="str">
-        <v>433636</v>
+        <v>425455</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v xml:space="preserve">ناودانی 14  ناب تبریز 12 متری کارخانه  </v>
+        <v xml:space="preserve">ناودانی 14  ناب تبریز 6 متری کارخانه  </v>
       </c>
       <c r="B8" t="str">
-        <v>431818</v>
+        <v>423636</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v xml:space="preserve">ناودانی 14  ناب تبریز 6 متری کارخانه  </v>
+        <v xml:space="preserve">ناودانی 6  شکفته 6 متری کارخانه  </v>
       </c>
       <c r="B9" t="str">
-        <v>431818</v>
+        <v>426364</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v xml:space="preserve">ناودانی 16  ناب تبریز 6 متری کارخانه  </v>
+        <v xml:space="preserve">ناودانی    8 شکفته 6 متری کارخانه </v>
       </c>
       <c r="B10" t="str">
-        <v>438182</v>
+        <v>420909</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v xml:space="preserve">ناودانی    8 شکفته 6 متری کارخانه </v>
+        <v xml:space="preserve">ناودانی 8  شکفته 6 متری بنگاه تهران  </v>
       </c>
       <c r="B11" t="str">
-        <v>430000</v>
+        <v>448182</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v xml:space="preserve">ناودانی 8  شکفته 6 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 10  شکفته 6 متری بنگاه تهران  </v>
       </c>
       <c r="B12" t="str">
-        <v>439091</v>
+        <v>421818</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v xml:space="preserve">ناودانی 14  شکفته 12 متری کارخانه  </v>
+        <v xml:space="preserve">ناودانی 10  شکفته 6 متری کارخانه  </v>
       </c>
       <c r="B13" t="str">
-        <v>430909</v>
+        <v>420909</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v xml:space="preserve">ناودانی 14  شکفته 6 متری کارخانه  </v>
+        <v xml:space="preserve">ناودانی 12  شکفته 12 متری کارخانه  </v>
       </c>
       <c r="B14" t="str">
-        <v>430000</v>
+        <v>420909</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v xml:space="preserve">ناودانی 14  شکفته 6 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 12  شکفته 6 متری کارخانه  </v>
       </c>
       <c r="B15" t="str">
-        <v>439091</v>
+        <v>420909</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v xml:space="preserve">ناودانی 16  شکفته 12 متری کارخانه  </v>
+        <v xml:space="preserve">ناودانی 12  شکفته 6 متری بنگاه تهران  </v>
       </c>
       <c r="B16" t="str">
-        <v>435455</v>
+        <v>456364</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v xml:space="preserve">ناودانی 16  شکفته 6 متری کارخانه  </v>
+        <v xml:space="preserve">ناودانی 14  شکفته 12 متری کارخانه  </v>
       </c>
       <c r="B17" t="str">
-        <v>435455</v>
+        <v>420909</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v xml:space="preserve">ناودانی 5  اسپیرال 6 متری کارخانه  </v>
+        <v xml:space="preserve">ناودانی 14  شکفته 6 متری کارخانه  </v>
       </c>
       <c r="B18" t="str">
-        <v>451818</v>
+        <v>420909</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v xml:space="preserve">ناودانی 28  10  هموزن اروپا  12 متری  بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 14  شکفته 6 متری بنگاه تهران  </v>
       </c>
       <c r="B19" t="str">
-        <v>851818</v>
+        <v>454545</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v xml:space="preserve">ناودانی 26  9.53  هموزن اروپا  12 متری  بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 16  شکفته 12 متری کارخانه  </v>
       </c>
       <c r="B20" t="str">
-        <v>910911</v>
+        <v>420909</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v xml:space="preserve">ناودانی 8  هموزن اروپا 12 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 16  شکفته 6 متری کارخانه  </v>
       </c>
       <c r="B21" t="str">
-        <v>481820</v>
+        <v>420909</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v xml:space="preserve">ناودانی  10 هموزن اروپا 12 متری بنگاه تهران </v>
+        <v xml:space="preserve">ناودانی 5  اسپیرال 6 متری کارخانه  </v>
       </c>
       <c r="B22" t="str">
-        <v>483638</v>
+        <v>438182</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v xml:space="preserve">ناودانی 12  هموزن اروپا 12 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 28  10  هموزن اروپا  12 متری  بنگاه تهران  </v>
       </c>
       <c r="B23" t="str">
-        <v>465456</v>
+        <v>827273</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v xml:space="preserve">ناودانی 14  هموزن اروپا 12 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 26  9.53  هموزن اروپا  12 متری  بنگاه تهران  </v>
       </c>
       <c r="B24" t="str">
-        <v>475038</v>
+        <v>913638</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v xml:space="preserve">ناودانی 16  هموزن اروپا 12 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 8  هموزن اروپا 12 متری بنگاه تهران  </v>
       </c>
       <c r="B25" t="str">
-        <v>483638</v>
+        <v>463638</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v xml:space="preserve">ناودانی 18  هموزن اروپا 12 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی  10 هموزن اروپا 12 متری بنگاه تهران </v>
       </c>
       <c r="B26" t="str">
-        <v>483638</v>
+        <v>456365</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v xml:space="preserve">ناودانی 20  هموزن اروپا 12 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 12  هموزن اروپا 12 متری بنگاه تهران  </v>
       </c>
       <c r="B27" t="str">
-        <v>831820</v>
+        <v>456365</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v xml:space="preserve">ناودانی 22  هموزن اروپا 12 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 14  هموزن اروپا 12 متری بنگاه تهران  </v>
       </c>
       <c r="B28" t="str">
-        <v>929093</v>
+        <v>452311</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v xml:space="preserve">ناودانی 24  هموزن اروپا 12 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 16  هموزن اروپا 12 متری بنگاه تهران  </v>
       </c>
       <c r="B29" t="str">
-        <v>881820</v>
+        <v>454547</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v xml:space="preserve">ناودانی 65  هموزن اروپا 6 متری بنگاه تهران  </v>
+        <v xml:space="preserve">ناودانی 18  هموزن اروپا 12 متری بنگاه تهران  </v>
       </c>
       <c r="B30" t="str">
-        <v>766638</v>
+        <v>450002</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v xml:space="preserve">ناودانی 14    صبا فولاد سمنان  12 متری  کارخانه  </v>
+        <v xml:space="preserve">ناودانی 20  هموزن اروپا 12 متری بنگاه تهران  </v>
       </c>
       <c r="B31" t="str">
-        <v>429091</v>
+        <v>913638</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v xml:space="preserve">ناودانی 14    صبا فولاد سمنان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">ناودانی 22  هموزن اروپا 12 متری بنگاه تهران  </v>
       </c>
       <c r="B32" t="str">
-        <v>428182</v>
+        <v>1186365</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v xml:space="preserve">ناودانی 12    صبا فولاد سمنان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">ناودانی 24  هموزن اروپا 12 متری بنگاه تهران  </v>
       </c>
       <c r="B33" t="str">
-        <v>428182</v>
+        <v>936365</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
+        <v xml:space="preserve">ناودانی 65  هموزن اروپا 6 متری بنگاه تهران  </v>
+      </c>
+      <c r="B34" t="str">
+        <v>773002</v>
+      </c>
+      <c r="C34" t="str">
+        <v>1404/9/6</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v xml:space="preserve">ناودانی 16    صبا فولاد سمنان  12 متری  کارخانه  </v>
+      </c>
+      <c r="B35" t="str">
+        <v>417273</v>
+      </c>
+      <c r="C35" t="str">
+        <v>1404/9/6</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v xml:space="preserve">ناودانی 16    صبا فولاد سمنان  6 متری  کارخانه  </v>
+      </c>
+      <c r="B36" t="str">
+        <v>417273</v>
+      </c>
+      <c r="C36" t="str">
+        <v>1404/9/6</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v xml:space="preserve">ناودانی 14    صبا فولاد سمنان  6 متری  کارخانه  </v>
+      </c>
+      <c r="B37" t="str">
+        <v>409091</v>
+      </c>
+      <c r="C37" t="str">
+        <v>1404/9/6</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v xml:space="preserve">ناودانی 14    صبا فولاد سمنان  12 متری  کارخانه  </v>
+      </c>
+      <c r="B38" t="str">
+        <v>409091</v>
+      </c>
+      <c r="C38" t="str">
+        <v>1404/9/6</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
         <v xml:space="preserve">ناودانی 12    صبا فولاد سمنان  12 متری  کارخانه  </v>
       </c>
-      <c r="B34" t="str">
-[...3 lines deleted...]
-        <v>1404/7/21</v>
+      <c r="B39" t="str">
+        <v>417273</v>
+      </c>
+      <c r="C39" t="str">
+        <v>1404/9/6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C34"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C39"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 