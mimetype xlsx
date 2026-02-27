--- v1 (2025-11-27)
+++ v2 (2026-02-27)
@@ -387,492 +387,57 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <cols>
-[...434 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C39"/>
+    <ignoredError numberStoredAsText="1" sqref="A1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 