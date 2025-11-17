--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -413,263 +413,263 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="52"/>
     <col min="2" max="2" customWidth="1" width="8"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 12 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B2" t="str">
-        <v>366364</v>
+        <v>373636</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 14 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B3" t="str">
-        <v>357273</v>
+        <v>366364</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 16 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B4" t="str">
-        <v>357273</v>
+        <v>366364</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 18 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B5" t="str">
-        <v>358182</v>
+        <v>365455</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 20 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B6" t="str">
-        <v>358182</v>
+        <v>365455</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 22 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B7" t="str">
-        <v>358182</v>
+        <v>365455</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 25 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B8" t="str">
-        <v>358182</v>
+        <v>365455</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 28 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B9" t="str">
-        <v>358182</v>
+        <v>365455</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 32 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B10" t="str">
-        <v>358182</v>
+        <v>365455</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 8 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B11" t="str">
-        <v>414545</v>
+        <v>413636</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 10 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B12" t="str">
-        <v>405455</v>
+        <v>404545</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 12 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B13" t="str">
-        <v>402727</v>
+        <v>401818</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 14 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B14" t="str">
-        <v>390000</v>
+        <v>389091</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 16 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B15" t="str">
-        <v>390000</v>
+        <v>389091</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 18 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B16" t="str">
-        <v>387273</v>
+        <v>386364</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 20 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B17" t="str">
-        <v>387273</v>
+        <v>386364</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 22 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B18" t="str">
-        <v>387273</v>
+        <v>386364</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 25 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B19" t="str">
-        <v>387273</v>
+        <v>386364</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 28 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B20" t="str">
-        <v>387273</v>
+        <v>386364</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 32 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B21" t="str">
-        <v>390000</v>
+        <v>389091</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/26</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>