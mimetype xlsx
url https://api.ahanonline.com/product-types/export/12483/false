--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -394,282 +394,282 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="52"/>
     <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 12 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B2" t="str">
-        <v>373636</v>
+        <v>405455</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 14 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B3" t="str">
-        <v>366364</v>
+        <v>398182</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 16 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B4" t="str">
-        <v>366364</v>
+        <v>398182</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 18 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B5" t="str">
-        <v>365455</v>
+        <v>397273</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 20 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B6" t="str">
-        <v>365455</v>
+        <v>397273</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 22 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B7" t="str">
-        <v>365455</v>
+        <v>397273</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 25 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B8" t="str">
-        <v>365455</v>
+        <v>397273</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 28 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B9" t="str">
-        <v>365455</v>
+        <v>397273</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 32 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B10" t="str">
-        <v>365455</v>
+        <v>397273</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 8 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B11" t="str">
-        <v>413636</v>
+        <v>454545</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 10 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B12" t="str">
-        <v>404545</v>
+        <v>445455</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 12 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B13" t="str">
-        <v>401818</v>
+        <v>442727</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 14 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B14" t="str">
-        <v>389091</v>
+        <v>430000</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 16 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B15" t="str">
-        <v>389091</v>
+        <v>430000</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 18 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B16" t="str">
-        <v>386364</v>
+        <v>427273</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 20 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B17" t="str">
-        <v>386364</v>
+        <v>427273</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 22 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B18" t="str">
-        <v>386364</v>
+        <v>427273</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 25 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B19" t="str">
-        <v>386364</v>
+        <v>427273</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 28 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B20" t="str">
-        <v>386364</v>
+        <v>431818</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 32 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B21" t="str">
-        <v>389091</v>
+        <v>431818</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/26</v>
+        <v>1404/10/11</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>