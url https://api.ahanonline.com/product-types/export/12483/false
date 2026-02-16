--- v2 (2026-01-01)
+++ v3 (2026-02-16)
@@ -413,263 +413,263 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="52"/>
     <col min="2" max="2" customWidth="1" width="8"/>
     <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 12 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B2" t="str">
-        <v>405455</v>
+        <v>473636</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 14 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B3" t="str">
-        <v>398182</v>
+        <v>466363</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 16 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B4" t="str">
-        <v>398182</v>
+        <v>466363</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 18 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B5" t="str">
-        <v>397273</v>
+        <v>465454</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 20 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B6" t="str">
-        <v>397273</v>
+        <v>465454</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 22 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B7" t="str">
-        <v>397273</v>
+        <v>465454</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 25 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B8" t="str">
-        <v>397273</v>
+        <v>465454</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 28 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B9" t="str">
-        <v>397273</v>
+        <v>465454</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">میلگرد آجدار ابرکوه 32 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B10" t="str">
-        <v>397273</v>
+        <v>465454</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 8 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B11" t="str">
-        <v>454545</v>
+        <v>551818</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 10 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B12" t="str">
-        <v>445455</v>
+        <v>542727</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 12 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B13" t="str">
-        <v>442727</v>
+        <v>540000</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 14 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B14" t="str">
-        <v>430000</v>
+        <v>527272</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 16 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B15" t="str">
-        <v>430000</v>
+        <v>527272</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 18 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B16" t="str">
-        <v>427273</v>
+        <v>524545</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 20 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B17" t="str">
-        <v>427273</v>
+        <v>524545</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 22 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B18" t="str">
-        <v>427273</v>
+        <v>524545</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 25 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B19" t="str">
-        <v>427273</v>
+        <v>524545</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 28 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B20" t="str">
-        <v>431818</v>
+        <v>529090</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">میلگرد آجدار بافق یزد 32 A3 شاخه 12 متری کارخانه  </v>
       </c>
       <c r="B21" t="str">
-        <v>431818</v>
+        <v>529090</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/27</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>