--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -413,197 +413,197 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="80"/>
     <col min="2" max="2" customWidth="1" width="10"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>لوله درز مستقیم 2.5   1/2 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
       </c>
       <c r="B2" t="str">
-        <v>4309027</v>
+        <v>4573671</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>لوله درز مستقیم 2.8   1 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
       </c>
       <c r="B3" t="str">
-        <v>6105909</v>
+        <v>6480910</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">لوله درز مستقیم 3   1 اینچ    اصفهان  تست گاز خانگی  6متری بنگاه تهران </v>
       </c>
       <c r="B4" t="str">
-        <v>6011336</v>
+        <v>6380529</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">لوله درز مستقیم 3.5  1/2 1 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه </v>
       </c>
       <c r="B5" t="str">
-        <v>10456255</v>
+        <v>11098437</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>لوله درز مستقیم 2.8  1/4 1 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
       </c>
       <c r="B6" t="str">
-        <v>7524500</v>
+        <v>7986625</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>لوله درز مستقیم 3  1/4 1 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
       </c>
       <c r="B7" t="str">
-        <v>7760932</v>
+        <v>8237578</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">لوله درز مستقیم 3   2 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه </v>
       </c>
       <c r="B8" t="str">
-        <v>10739973</v>
+        <v>11399580</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">لوله درز مستقیم 3.5   2 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه </v>
       </c>
       <c r="B9" t="str">
-        <v>12536855</v>
+        <v>13306819</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">لوله درز مستقیم 3   1/2 2 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه </v>
       </c>
       <c r="B10" t="str">
-        <v>13766300</v>
+        <v>14611772</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>لوله درز مستقیم 2.5   3/4 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
       </c>
       <c r="B11" t="str">
-        <v>4309027</v>
+        <v>4573671</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">لوله درز مستقیم  3  5 اینچ  سپاهان  تست گاز خانگی  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B12" t="str">
         <v>32632556</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">لوله درز مستقیم  4  5 اینچ  سپاهان  تست گاز خانگی  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B13" t="str">
         <v>43591250</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">لوله درز مستقیم  3  6 اینچ  سپاهان  تست گاز خانگی  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B14" t="str">
         <v>39329536</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">لوله درز مستقیم  4  6 اینچ  سپاهان  تست گاز خانگی  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B15" t="str">
         <v>52358206</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/7/29</v>
+        <v>1404/9/15</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>