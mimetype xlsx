--- v0 (2025-10-23)
+++ v1 (2026-01-22)
@@ -393,822 +393,822 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C70"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="69"/>
-    <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="10"/>
+    <col min="2" max="2" customWidth="1" width="9"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/2 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B2" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/4 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B3" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B4" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  "3/4  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B5" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1/2 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B6" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  2 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B7" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1 1/2 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B8" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1 1/4 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B9" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B10" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  "3/4  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B11" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1/2 اینچ  سپنتا  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B12" t="str">
-        <v>888182</v>
+        <v>1068949</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">لوله گالوانیزه  6  8 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B13" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">لوله گالوانیزه  6  6 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B14" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  2 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B15" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/2 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B16" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/4 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B17" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B18" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  "3/4  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B19" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1/2 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B20" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v xml:space="preserve">لوله گالوانیزه  2  2 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
+        <v xml:space="preserve">لوله گالوانیزه  2  1 1/2 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B21" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v xml:space="preserve">لوله گالوانیزه  2  1 1/2 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
+        <v xml:space="preserve">لوله گالوانیزه  2  2 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B22" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1 1/4 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B23" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B24" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  "3/4  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B25" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1/2 اینچ  سپاهان  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B26" t="str">
-        <v>905455</v>
+        <v>1053255</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v xml:space="preserve">لوله گالوانیزه  4  6 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B27" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v xml:space="preserve">لوله گالوانیزه  4  5 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B28" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v xml:space="preserve">لوله گالوانیزه  4  4 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B29" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v xml:space="preserve">لوله گالوانیزه  4  3 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B30" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v xml:space="preserve">لوله گالوانیزه  3  3 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B31" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v xml:space="preserve">لوله گالوانیزه  3  2 1/2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B32" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v xml:space="preserve">لوله گالوانیزه  3  2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B33" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v xml:space="preserve">لوله گالوانیزه  3  1 1/2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B34" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v xml:space="preserve">لوله گالوانیزه  3  1 1/4 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B35" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v xml:space="preserve">لوله گالوانیزه  3  1 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B36" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  3 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B37" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  2 1/2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B38" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B39" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
+        <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/4 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B40" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/4 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
+        <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B41" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B42" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  3 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B43" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  2 1/2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B44" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B45" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1 1/2 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B46" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1 1/4 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B47" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2  1 اینچ  ساوه  تست آب  6 متری  کارخانه   </v>
       </c>
       <c r="B48" t="str">
-        <v>902727</v>
+        <v>1037365</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  2 اینچ  قزوین  صنعتی  6 متری  کارخانه   </v>
       </c>
       <c r="B49" t="str">
-        <v>852727</v>
+        <v>1066364</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 1/4 اینچ  قزوین  صنعتی  6 متری  کارخانه   </v>
       </c>
       <c r="B50" t="str">
-        <v>855455</v>
+        <v>1069091</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1 اینچ  قزوین  صنعتی  6 متری  کارخانه   </v>
       </c>
       <c r="B51" t="str">
-        <v>864545</v>
+        <v>1078182</v>
       </c>
       <c r="C51" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  "3/4  قزوین  صنعتی  6 متری  کارخانه   </v>
       </c>
       <c r="B52" t="str">
-        <v>900000</v>
+        <v>1113636</v>
       </c>
       <c r="C52" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v xml:space="preserve">لوله گالوانیزه  2.5  1/2 اینچ  قزوین  صنعتی  6 متری  کارخانه   </v>
       </c>
       <c r="B53" t="str">
-        <v>875455</v>
+        <v>1089091</v>
       </c>
       <c r="C53" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>لوله گالوانیزه 2  " 1/2   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B54" t="str">
-        <v>893636</v>
+        <v>1107273</v>
       </c>
       <c r="C54" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>لوله گالوانیزه 2  " 3/4   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B55" t="str">
-        <v>893636</v>
+        <v>1107273</v>
       </c>
       <c r="C55" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>لوله گالوانیزه 2  " 1   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B56" t="str">
-        <v>884545</v>
+        <v>1098182</v>
       </c>
       <c r="C56" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v xml:space="preserve">لوله گالوانیزه 2  "1/2 1   قزوین  صنعتی  6متری کارخانه </v>
       </c>
       <c r="B57" t="str">
-        <v>880909</v>
+        <v>1094545</v>
       </c>
       <c r="C57" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>لوله گالوانیزه 2  "1/4 1   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B58" t="str">
-        <v>880909</v>
+        <v>1094545</v>
       </c>
       <c r="C58" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>لوله گالوانیزه 2  " 2   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B59" t="str">
-        <v>875455</v>
+        <v>1089091</v>
       </c>
       <c r="C59" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>لوله گالوانیزه 2  " 1/2 2   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B60" t="str">
-        <v>875455</v>
+        <v>1089091</v>
       </c>
       <c r="C60" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>لوله گالوانیزه 2  " 3   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B61" t="str">
-        <v>875455</v>
+        <v>1089091</v>
       </c>
       <c r="C61" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>لوله گالوانیزه 2  " 4   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B62" t="str">
-        <v>875455</v>
+        <v>1089091</v>
       </c>
       <c r="C62" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v xml:space="preserve">لوله گالوانیزه 2.5  "1/2 1   قزوین  صنعتی  6متری کارخانه </v>
       </c>
       <c r="B63" t="str">
-        <v>855455</v>
+        <v>1069091</v>
       </c>
       <c r="C63" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>لوله گالوانیزه 2.5  " 1/2 2   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B64" t="str">
-        <v>852727</v>
+        <v>1066364</v>
       </c>
       <c r="C64" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>لوله گالوانیزه 2.5  " 3   قزوین  صنعتی  6متری کارخانه</v>
       </c>
       <c r="B65" t="str">
-        <v>852727</v>
+        <v>1066364</v>
       </c>
       <c r="C65" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v xml:space="preserve">لوله گالوانیزه 2.5  "4   قزوین  صنعتی  6متری کارخانه </v>
       </c>
       <c r="B66" t="str">
-        <v>852727</v>
+        <v>1066364</v>
       </c>
       <c r="C66" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v xml:space="preserve">لوله گالوانیزه 3  " 2   قزوین  صنعتی  6متری کارخانه </v>
       </c>
       <c r="B67" t="str">
-        <v>875455</v>
+        <v>1089091</v>
       </c>
       <c r="C67" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v xml:space="preserve">لوله گالوانیزه 3  " 1/2 2   قزوین  صنعتی  6متری کارخانه </v>
       </c>
       <c r="B68" t="str">
-        <v>875455</v>
+        <v>1089091</v>
       </c>
       <c r="C68" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v xml:space="preserve">لوله گالوانیزه 3  " 3   قزوین  صنعتی  6متری کارخانه </v>
       </c>
       <c r="B69" t="str">
-        <v>843636</v>
+        <v>1057273</v>
       </c>
       <c r="C69" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v xml:space="preserve">لوله گالوانیزه 3  " 4   قزوین  صنعتی  6متری کارخانه </v>
       </c>
       <c r="B70" t="str">
-        <v>843636</v>
+        <v>1057273</v>
       </c>
       <c r="C70" t="str">
-        <v>1404/8/1</v>
+        <v>1404/11/2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C70"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>