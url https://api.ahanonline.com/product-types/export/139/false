--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -387,3407 +387,57 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C304"/>
+  <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <cols>
-[...3349 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C304"/>
+    <ignoredError numberStoredAsText="1" sqref="A1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 