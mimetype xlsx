--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -387,57 +387,1295 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1"/>
+  <dimension ref="A1:C112"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <sheetData/>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="65"/>
+    <col min="2" max="2" customWidth="1" width="8"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>نام</v>
+      </c>
+      <c r="B1" t="str">
+        <v>قیمت</v>
+      </c>
+      <c r="C1" t="str">
+        <v>تاریخ اخرین قیمت</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>میلگرد 14 میانه</v>
+      </c>
+      <c r="B2" t="str">
+        <v>475454</v>
+      </c>
+      <c r="C2" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>میلگرد 20 میانه</v>
+      </c>
+      <c r="B3" t="str">
+        <v>475454</v>
+      </c>
+      <c r="C3" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v xml:space="preserve">میلگرد آجدار میانه 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B4" t="str">
+        <v>475454</v>
+      </c>
+      <c r="C4" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v xml:space="preserve">میلگرد آجدار میانه 32 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B5" t="str">
+        <v>475454</v>
+      </c>
+      <c r="C5" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>میلگرد 16 اصفهان</v>
+      </c>
+      <c r="B6" t="str">
+        <v>545454</v>
+      </c>
+      <c r="C6" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v xml:space="preserve">میلگرد آجدار ذوب آهن اصفهان 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B7" t="str">
+        <v>490909</v>
+      </c>
+      <c r="C7" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v xml:space="preserve">میلگرد آجدار ذوب آهن اصفهان 32 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B8" t="str">
+        <v>527272</v>
+      </c>
+      <c r="C8" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 8 A2 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B9" t="str">
+        <v>480000</v>
+      </c>
+      <c r="C9" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 10 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B10" t="str">
+        <v>477727</v>
+      </c>
+      <c r="C10" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 10 A2 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B11" t="str">
+        <v>476363</v>
+      </c>
+      <c r="C11" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 12 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B12" t="str">
+        <v>476363</v>
+      </c>
+      <c r="C12" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B13" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C13" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B14" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C14" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B15" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C15" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B16" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C16" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B17" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C17" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v xml:space="preserve">میلگرد آجدار ظفر بناب 28 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B18" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C18" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v xml:space="preserve">میلگرد آجدار نیشابور 12 A3 شاخه بنگاه تهران  </v>
+      </c>
+      <c r="B19" t="str">
+        <v>571818</v>
+      </c>
+      <c r="C19" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v xml:space="preserve">میلگرد آجدار نیشابور 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B20" t="str">
+        <v>468181</v>
+      </c>
+      <c r="C20" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v xml:space="preserve">میلگرد آجدار نیشابور 20 A3 شاخه بنگاه تهران  </v>
+      </c>
+      <c r="B21" t="str">
+        <v>481818</v>
+      </c>
+      <c r="C21" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v xml:space="preserve">میلگرد آجدار نیشابور 25 A3 شاخه بنگاه تهران  </v>
+      </c>
+      <c r="B22" t="str">
+        <v>481818</v>
+      </c>
+      <c r="C22" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v xml:space="preserve">میلگرد آجدار نیشابور 25 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B23" t="str">
+        <v>468181</v>
+      </c>
+      <c r="C23" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v xml:space="preserve">میلگرد آجدار نیشابور 28 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B24" t="str">
+        <v>468181</v>
+      </c>
+      <c r="C24" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v xml:space="preserve">میلگرد آجدار امیرکبیر 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B25" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C25" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v xml:space="preserve">میلگرد آجدار امیرکبیر 18 A3 شاخه بنگاه تهران  </v>
+      </c>
+      <c r="B26" t="str">
+        <v>486363</v>
+      </c>
+      <c r="C26" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v xml:space="preserve">میلگرد آجدار امیرکبیر 28 A3 شاخه بنگاه تهران  </v>
+      </c>
+      <c r="B27" t="str">
+        <v>489090</v>
+      </c>
+      <c r="C27" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v xml:space="preserve">میلگرد آجدار امیرکبیر 28 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B28" t="str">
+        <v>474545</v>
+      </c>
+      <c r="C28" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v xml:space="preserve">میلگرد آجدار امیرکبیر 32 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B29" t="str">
+        <v>474545</v>
+      </c>
+      <c r="C29" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v xml:space="preserve">میلگرد آجدار فایکو 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B30" t="str">
+        <v>475454</v>
+      </c>
+      <c r="C30" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v xml:space="preserve">میلگرد آجدار فایکو 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B31" t="str">
+        <v>475454</v>
+      </c>
+      <c r="C31" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v xml:space="preserve">میلگرد آجدار فایکو 32 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B32" t="str">
+        <v>475454</v>
+      </c>
+      <c r="C32" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v xml:space="preserve">میلگرد آجدار جهان فولاد سیرجان 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B33" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C33" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v xml:space="preserve">میلگرد آجدار جهان فولاد سیرجان 25 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B34" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C34" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v xml:space="preserve">میلگرد آجدار جهان فولاد سیرجان 28 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B35" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C35" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v xml:space="preserve">میلگرد آجدار بافق یزد 8 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B36" t="str">
+        <v>498181</v>
+      </c>
+      <c r="C36" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v xml:space="preserve">میلگرد آجدار بافق یزد 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B37" t="str">
+        <v>473636</v>
+      </c>
+      <c r="C37" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v xml:space="preserve">میلگرد آجدار بافق یزد 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B38" t="str">
+        <v>470909</v>
+      </c>
+      <c r="C38" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v xml:space="preserve">میلگرد آجدار بافق یزد 28 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B39" t="str">
+        <v>475454</v>
+      </c>
+      <c r="C39" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v xml:space="preserve">میلگرد آجدار شاهرود 10 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B40" t="str">
+        <v>488181</v>
+      </c>
+      <c r="C40" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v xml:space="preserve">میلگرد آجدار شاهرود 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B41" t="str">
+        <v>470000</v>
+      </c>
+      <c r="C41" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="str">
+        <v xml:space="preserve">میلگرد آجدار شاهرود 25 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B42" t="str">
+        <v>474090</v>
+      </c>
+      <c r="C42" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="str">
+        <v xml:space="preserve">میلگرد آجدار شاهین بناب 8 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B43" t="str">
+        <v>483727</v>
+      </c>
+      <c r="C43" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="str">
+        <v xml:space="preserve">میلگرد آجدار شاهین بناب 10 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B44" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C44" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="str">
+        <v xml:space="preserve">میلگرد آجدار شاهین بناب 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B45" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C45" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="str">
+        <v xml:space="preserve">میلگرد آجدار شاهین بناب 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B46" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C46" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="str">
+        <v xml:space="preserve">میلگرد آجدار شاهین بناب 28 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B47" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C47" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="str">
+        <v xml:space="preserve">میلگرد آجدار صبا فولاد زاگرس 12 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B48" t="str">
+        <v>437272</v>
+      </c>
+      <c r="C48" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="str">
+        <v xml:space="preserve">میلگرد آجدار صبا فولاد زاگرس 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B49" t="str">
+        <v>470909</v>
+      </c>
+      <c r="C49" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="str">
+        <v xml:space="preserve">میلگرد آجدار صبا فولاد زاگرس 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B50" t="str">
+        <v>470909</v>
+      </c>
+      <c r="C50" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="str">
+        <v xml:space="preserve">میلگرد آجدار صبا فولاد زاگرس 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B51" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C51" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="str">
+        <v xml:space="preserve">میلگرد آجدار صبا فولاد زاگرس 25 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B52" t="str">
+        <v>470909</v>
+      </c>
+      <c r="C52" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="str">
+        <v xml:space="preserve">میلگرد آجدار راد همدان 12 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B53" t="str">
+        <v>494045</v>
+      </c>
+      <c r="C53" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="str">
+        <v xml:space="preserve">میلگرد آجدار راد همدان 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B54" t="str">
+        <v>491318</v>
+      </c>
+      <c r="C54" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="str">
+        <v xml:space="preserve">میلگرد آجدار راد همدان 25 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B55" t="str">
+        <v>492227</v>
+      </c>
+      <c r="C55" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="str">
+        <v xml:space="preserve">میلگرد آجدار حدید سیرجان 8 A2 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B56" t="str">
+        <v>493636</v>
+      </c>
+      <c r="C56" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="str">
+        <v xml:space="preserve">میلگرد آجدار حدید سیرجان 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B57" t="str">
+        <v>477272</v>
+      </c>
+      <c r="C57" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="str">
+        <v xml:space="preserve">میلگرد آجدار حدید سیرجان 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B58" t="str">
+        <v>477272</v>
+      </c>
+      <c r="C58" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="str">
+        <v xml:space="preserve">میلگرد آجدار آناهیتا گیلان 12 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B59" t="str">
+        <v>496363</v>
+      </c>
+      <c r="C59" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="str">
+        <v xml:space="preserve">میلگرد آجدار آناهیتا گیلان 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B60" t="str">
+        <v>490909</v>
+      </c>
+      <c r="C60" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="str">
+        <v xml:space="preserve">میلگرد آجدار آناهیتا گیلان 25 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B61" t="str">
+        <v>496363</v>
+      </c>
+      <c r="C61" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="str">
+        <v xml:space="preserve">میلگرد آجدار آناهیتا گیلان 32 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B62" t="str">
+        <v>496363</v>
+      </c>
+      <c r="C62" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="str">
+        <v xml:space="preserve">میلگرد آجدار قائم 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B63" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C63" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="str">
+        <v xml:space="preserve">میلگرد آجدار قائم 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B64" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C64" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="str">
+        <v xml:space="preserve">میلگرد آجدار قائم 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B65" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C65" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="str">
+        <v xml:space="preserve">میلگرد آجدار قائم 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B66" t="str">
+        <v>466363</v>
+      </c>
+      <c r="C66" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="str">
+        <v xml:space="preserve">میلگرد آجدار نورد گرم سمنان 8 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B67" t="str">
+        <v>481818</v>
+      </c>
+      <c r="C67" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="str">
+        <v xml:space="preserve">میلگرد آجدار کاوه تیکمه داش 8 A2 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B68" t="str">
+        <v>481818</v>
+      </c>
+      <c r="C68" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="str">
+        <v xml:space="preserve">میلگرد آجدار کاوه تیکمه داش 10 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B69" t="str">
+        <v>481818</v>
+      </c>
+      <c r="C69" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="str">
+        <v xml:space="preserve">میلگرد آجدار کاوه تیکمه داش 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B70" t="str">
+        <v>478181</v>
+      </c>
+      <c r="C70" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="str">
+        <v xml:space="preserve">میلگرد آجدار کاوه تیکمه داش 25 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B71" t="str">
+        <v>478181</v>
+      </c>
+      <c r="C71" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="str">
+        <v xml:space="preserve">میلگرد آجدار ذوب و نورد کرمان 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B72" t="str">
+        <v>473636</v>
+      </c>
+      <c r="C72" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="str">
+        <v xml:space="preserve">میلگرد آجدار ذوب و نورد کرمان 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B73" t="str">
+        <v>462727</v>
+      </c>
+      <c r="C73" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="str">
+        <v xml:space="preserve">میلگرد آجدار ذوب و نورد کرمان 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B74" t="str">
+        <v>462727</v>
+      </c>
+      <c r="C74" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="str">
+        <v xml:space="preserve">میلگرد آجدار ذوب و نورد کرمان 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B75" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C75" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="str">
+        <v xml:space="preserve">میلگرد آجدار درپاد تبریز 10 A2 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B76" t="str">
+        <v>485454</v>
+      </c>
+      <c r="C76" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="str">
+        <v xml:space="preserve">میلگرد آجدار درپاد تبریز 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B77" t="str">
+        <v>481818</v>
+      </c>
+      <c r="C77" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="str">
+        <v xml:space="preserve">میلگرد آجدار درپاد تبریز 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B78" t="str">
+        <v>481818</v>
+      </c>
+      <c r="C78" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="str">
+        <v xml:space="preserve">میلگرد آجدار کوثر اهواز 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B79" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C79" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="str">
+        <v xml:space="preserve">میلگرد آجدار کوثر اهواز 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B80" t="str">
+        <v>460909</v>
+      </c>
+      <c r="C80" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="str">
+        <v xml:space="preserve">میلگرد آجدار کوثر اهواز 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B81" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C81" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="str">
+        <v xml:space="preserve">میلگرد آجدار خلیج فارس 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B82" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C82" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="str">
+        <v xml:space="preserve">میلگرد آجدار خلیج فارس 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B83" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C83" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="str">
+        <v xml:space="preserve">میلگرد آجدار خلیج فارس 28 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B84" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C84" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="str">
+        <v xml:space="preserve">میلگرد آجدار ابرکوه 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B85" t="str">
+        <v>460000</v>
+      </c>
+      <c r="C85" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="str">
+        <v xml:space="preserve">میلگرد آجدار ابرکوه 25 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B86" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C86" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="str">
+        <v xml:space="preserve">میلگرد آجدار ابرکوه 32 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B87" t="str">
+        <v>459090</v>
+      </c>
+      <c r="C87" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="str">
+        <v xml:space="preserve">میلگرد آجدار حسن رود 8 A2 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B88" t="str">
+        <v>500000</v>
+      </c>
+      <c r="C88" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="str">
+        <v xml:space="preserve">میلگرد آجدار حسن رود 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B89" t="str">
+        <v>478181</v>
+      </c>
+      <c r="C89" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="str">
+        <v xml:space="preserve">میلگرد آجدار حسن رود 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B90" t="str">
+        <v>478181</v>
+      </c>
+      <c r="C90" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="str">
+        <v xml:space="preserve">میلگرد آجدار هیربد 8 A2 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B91" t="str">
+        <v>490000</v>
+      </c>
+      <c r="C91" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="str">
+        <v xml:space="preserve">میلگرد آجدار هیربد 12 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B92" t="str">
+        <v>473636</v>
+      </c>
+      <c r="C92" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="str">
+        <v xml:space="preserve">میلگرد آجدار هیربد 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B93" t="str">
+        <v>465454</v>
+      </c>
+      <c r="C93" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="str">
+        <v xml:space="preserve">میلگرد آجدار هیربد 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B94" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C94" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="str">
+        <v xml:space="preserve">میلگرد آجدار هیربد 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B95" t="str">
+        <v>465454</v>
+      </c>
+      <c r="C95" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="str">
+        <v xml:space="preserve">میلگرد آجدار پردیس 10 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B96" t="str">
+        <v>477272</v>
+      </c>
+      <c r="C96" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="str">
+        <v>میلگرد آجدار پردیس 14 A3 شاخه 12 متری کارخانه</v>
+      </c>
+      <c r="B97" t="str">
+        <v>468181</v>
+      </c>
+      <c r="C97" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="str">
+        <v>میلگرد آجدار پردیس 20 A3 شاخه 12 متری کارخانه</v>
+      </c>
+      <c r="B98" t="str">
+        <v>468181</v>
+      </c>
+      <c r="C98" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="str">
+        <v>میلگرد آجدار پردیس 22 A3 شاخه 12 متری کارخانه</v>
+      </c>
+      <c r="B99" t="str">
+        <v>468181</v>
+      </c>
+      <c r="C99" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="str">
+        <v>میلگرد آجدار پردیس 32 A3 شاخه 12 متری کارخانه</v>
+      </c>
+      <c r="B100" t="str">
+        <v>470909</v>
+      </c>
+      <c r="C100" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="str">
+        <v xml:space="preserve">میلگرد آجدار فولاد نگین اردکان یزد 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B101" t="str">
+        <v>463636</v>
+      </c>
+      <c r="C101" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="str">
+        <v xml:space="preserve">میلگرد آجدار فولاد نگین اردکان یزد 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B102" t="str">
+        <v>464545</v>
+      </c>
+      <c r="C102" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="str">
+        <v xml:space="preserve">میلگرد آجدار اروند 20 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B103" t="str">
+        <v>454545</v>
+      </c>
+      <c r="C103" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="str">
+        <v xml:space="preserve">میلگرد آجدار نورد کاسپین 32 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B104" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C104" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="str">
+        <v xml:space="preserve">میلگرد آجدار نورد کاسپین 22 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B105" t="str">
+        <v>470000</v>
+      </c>
+      <c r="C105" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="str">
+        <v xml:space="preserve">میلگرد آجدار نورد کاسپین 18 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B106" t="str">
+        <v>470000</v>
+      </c>
+      <c r="C106" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="str">
+        <v xml:space="preserve">میلگرد آجدار نورد کاسپین 12 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B107" t="str">
+        <v>479090</v>
+      </c>
+      <c r="C107" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="str">
+        <v xml:space="preserve">میلگرد آجدار فولاد ثامن 10 A2 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B108" t="str">
+        <v>484545</v>
+      </c>
+      <c r="C108" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="str">
+        <v xml:space="preserve">میلگرد آجدار پرشین فولاد 12 A3 شاخه کارخانه  </v>
+      </c>
+      <c r="B109" t="str">
+        <v>474545</v>
+      </c>
+      <c r="C109" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="str">
+        <v xml:space="preserve">میلگرد آجدار پرشین فولاد 14 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B110" t="str">
+        <v>469090</v>
+      </c>
+      <c r="C110" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="str">
+        <v xml:space="preserve">میلگرد آجدار پرشین فولاد 16 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B111" t="str">
+        <v>468181</v>
+      </c>
+      <c r="C111" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="str">
+        <v xml:space="preserve">میلگرد آجدار پرشین فولاد 32 A3 شاخه 12 متری کارخانه  </v>
+      </c>
+      <c r="B112" t="str">
+        <v>467727</v>
+      </c>
+      <c r="C112" t="str">
+        <v>1404/11/11</v>
+      </c>
+    </row>
+  </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C112"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 