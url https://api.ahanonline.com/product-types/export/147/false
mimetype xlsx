--- v0 (2025-10-02)
+++ v1 (2025-12-31)
@@ -394,249 +394,249 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="59"/>
     <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">میلگرد ساده 5.5 کاشان کلاف  کارخانه </v>
       </c>
       <c r="B2" t="str">
-        <v>402727</v>
+        <v>477273</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">میلگرد ساده 6.5 کاشان کلاف  کارخانه </v>
       </c>
       <c r="B3" t="str">
-        <v>402727</v>
+        <v>477273</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">میلگرد ساده 5.5  ابهر  کلاف    کارخانه </v>
       </c>
       <c r="B4" t="str">
-        <v>401818</v>
+        <v>470000</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">میلگرد ساده 6.5  ابهر  کلاف    کارخانه </v>
       </c>
       <c r="B5" t="str">
-        <v>401818</v>
+        <v>470000</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">میلگرد ساده 6.5 نطنز  کلاف    کارخانه  </v>
       </c>
       <c r="B6" t="str">
-        <v>410909</v>
+        <v>444545</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">میلگرد ساده 6.5 نطنز  کلاف    تهران  </v>
       </c>
       <c r="B7" t="str">
-        <v>410909</v>
+        <v>461818</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v xml:space="preserve">میلگرد ساده 10  فولاد متین  2 تا 4 متر  A1  بنگاه تهران </v>
+        <v xml:space="preserve">میلگرد ساده 10  فولاد متین  شاخه 6 متری  A1  بنگاه تهران </v>
       </c>
       <c r="B8" t="str">
-        <v>440909</v>
+        <v>479091</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v xml:space="preserve">میلگرد ساده 10  فولاد متین  شاخه 6 متری  A1  بنگاه تهران </v>
+        <v xml:space="preserve">میلگرد ساده 10  فولاد متین  2 تا 4 متر  A1  بنگاه تهران </v>
       </c>
       <c r="B9" t="str">
-        <v>440909</v>
+        <v>479091</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">میلگرد ساده 12  فولاد متین  شاخه 6 متری  A1  بنگاه تهران </v>
       </c>
       <c r="B10" t="str">
-        <v>440909</v>
+        <v>456364</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">میلگرد ساده 14  فولاد متین  شاخه 6 متری  A1  بنگاه تهران </v>
       </c>
       <c r="B11" t="str">
-        <v>427273</v>
+        <v>453636</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>میلگرد ساده 16 فولاد متین شاخه 6 متری بنگاه تهران</v>
       </c>
       <c r="B12" t="str">
-        <v>427273</v>
+        <v>453636</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>میلگرد ساده 18 فولاد متین شاخه 6 متری بنگاه تهران</v>
       </c>
       <c r="B13" t="str">
-        <v>427273</v>
+        <v>453636</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">میلگرد ساده 20 فولاد متین  شاخه    تهران  </v>
       </c>
       <c r="B14" t="str">
-        <v>427300</v>
+        <v>453664</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>میلگرد ساده 20 فولاد متین شاخه 6 متری بنگاه تهران</v>
       </c>
       <c r="B15" t="str">
-        <v>427273</v>
+        <v>453636</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">میلگرد ساده 22  فولاد متین  شاخه    بنگاه تهران </v>
       </c>
       <c r="B16" t="str">
-        <v>427273</v>
+        <v>453636</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">میلگرد ساده 25  فولاد متین  شاخه 6 متری    بنگاه تهران </v>
       </c>
       <c r="B17" t="str">
-        <v>427273</v>
+        <v>453636</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">میلگرد ساده 6.5 ملایر  کلاف    تهران  </v>
       </c>
       <c r="B18" t="str">
-        <v>405455</v>
+        <v>461818</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/7/10</v>
+        <v>1404/10/10</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C18"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>