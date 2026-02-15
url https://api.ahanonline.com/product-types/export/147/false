--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -387,261 +387,57 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C18"/>
+  <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <cols>
-[...203 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C18"/>
+    <ignoredError numberStoredAsText="1" sqref="A1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 