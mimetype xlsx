--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -413,197 +413,197 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="55"/>
     <col min="2" max="2" customWidth="1" width="11"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">سه راه 1/2   1*2  رده 40 </v>
       </c>
       <c r="B2" t="str">
-        <v>1866240</v>
+        <v>2155507</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">سه راه 1*3  رده 40 </v>
       </c>
       <c r="B3" t="str">
-        <v>4233600</v>
+        <v>4889808</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">سه راه 1*4 رده 40 </v>
       </c>
       <c r="B4" t="str">
-        <v>6307200</v>
+        <v>7284816</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>سه راه 2 اینچ سیم لس وارداتی رده 40 برند تکنو فورج</v>
       </c>
       <c r="B5" t="str">
-        <v>4160000</v>
+        <v>4804800</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>سه راه1/2 2 اینچ سیم لس وارداتی رده 40 برند تکنو فورج</v>
       </c>
       <c r="B6" t="str">
-        <v>7280000</v>
+        <v>8408400</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>سه راه 3 اینچ سیم لس وارداتی رده 40 برند تکنو فورج</v>
       </c>
       <c r="B7" t="str">
-        <v>8840000</v>
+        <v>10210200</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>سه راه 4 اینچ سیم لس وارداتی رده 40 برند تکنو فورج</v>
       </c>
       <c r="B8" t="str">
-        <v>14560000</v>
+        <v>16816800</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>سه راه 5 اینچ سیم لس وارداتی رده 40 برند تکنو فورج</v>
       </c>
       <c r="B9" t="str">
-        <v>26000000</v>
+        <v>30030000</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>سه راه 6 اینچ سیم لس وارداتی رده 40 برند تکنو فورج</v>
       </c>
       <c r="B10" t="str">
-        <v>36400000</v>
+        <v>42042000</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">سه راه 1/2 1 اینچ فشار قوی 3000  ساکت </v>
       </c>
       <c r="B11" t="str">
-        <v>12569906</v>
+        <v>14518245</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">سه راه 2  ینچ فشار قوی 3000 ساکت	</v>
       </c>
       <c r="B12" t="str">
-        <v>24933927</v>
+        <v>28798686</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">سه راه3  ینچ فشار قوی 2000  دنده </v>
       </c>
       <c r="B13" t="str">
-        <v>56553282</v>
+        <v>65319041</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">سه راه4 اینچ فشار قوی 3000 دنده	</v>
       </c>
       <c r="B14" t="str">
-        <v>167485613</v>
+        <v>193445883</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">سه راه4 ا ینچ فشار قوی 6000 ساکت </v>
       </c>
       <c r="B15" t="str">
-        <v>193384167</v>
+        <v>223358713</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/17</v>
+        <v>1404/10/3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>