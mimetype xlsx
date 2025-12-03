--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -387,57 +387,107 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1"/>
+  <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <sheetData/>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="44"/>
+    <col min="2" max="2" customWidth="1" width="10"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>نام</v>
+      </c>
+      <c r="B1" t="str">
+        <v>قیمت</v>
+      </c>
+      <c r="C1" t="str">
+        <v>تاریخ اخرین قیمت</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v xml:space="preserve">ساندویچ پانل  دیواری  ضخامت 4 سانتی متری </v>
+      </c>
+      <c r="B2" t="str">
+        <v>14159122</v>
+      </c>
+      <c r="C2" t="str">
+        <v>1404/9/12</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v xml:space="preserve">ساندویچ پانل  دیواری  ضخامت 6 سانتی متری </v>
+      </c>
+      <c r="B3" t="str">
+        <v>15535781</v>
+      </c>
+      <c r="C3" t="str">
+        <v>1404/9/12</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v xml:space="preserve">ساندویچ پانل  دیواری  ضخامت 10 سانتی متری </v>
+      </c>
+      <c r="B4" t="str">
+        <v>18214653</v>
+      </c>
+      <c r="C4" t="str">
+        <v>1404/9/12</v>
+      </c>
+    </row>
+  </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 