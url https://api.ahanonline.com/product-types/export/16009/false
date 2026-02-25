--- v1 (2025-12-03)
+++ v2 (2026-02-25)
@@ -413,76 +413,76 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="44"/>
     <col min="2" max="2" customWidth="1" width="10"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">ساندویچ پانل  دیواری  ضخامت 4 سانتی متری </v>
       </c>
       <c r="B2" t="str">
-        <v>14159122</v>
+        <v>18573901</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/9/12</v>
+        <v>1404/12/6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">ساندویچ پانل  دیواری  ضخامت 6 سانتی متری </v>
       </c>
       <c r="B3" t="str">
-        <v>15535781</v>
+        <v>25684301</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/9/12</v>
+        <v>1404/12/6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">ساندویچ پانل  دیواری  ضخامت 10 سانتی متری </v>
       </c>
       <c r="B4" t="str">
-        <v>18214653</v>
+        <v>25684856</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/9/12</v>
+        <v>1404/12/6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>