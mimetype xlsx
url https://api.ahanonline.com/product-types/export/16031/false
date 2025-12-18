--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -394,337 +394,337 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="46"/>
     <col min="2" max="2" customWidth="1" width="11"/>
-    <col min="3" max="3" customWidth="1" width="10"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">ورق پلی کربنات   16 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B2" t="str">
-        <v>53883646</v>
+        <v>59406719</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">ورق پلی کربنات   18 کیلو 10   بنگاه تهران </v>
       </c>
       <c r="B3" t="str">
-        <v>60587953</v>
+        <v>66798218</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">ورق پلی کربنات   14 کیلو 6   بنگاه تهران </v>
       </c>
       <c r="B4" t="str">
-        <v>46821775</v>
+        <v>51621007</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">ورق پلی کربنات   10 کیلو 6   بنگاه تهران </v>
       </c>
       <c r="B5" t="str">
-        <v>31924863</v>
+        <v>35197162</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">ورق پلی کربنات   19 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B6" t="str">
-        <v>64180997</v>
+        <v>70759549</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">ورق پلی کربنات   16 کیلو 6   بنگاه تهران </v>
       </c>
       <c r="B7" t="str">
-        <v>55433472</v>
+        <v>61115403</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">ورق پلی کربنات   22 کیلو 10   بنگاه تهران </v>
       </c>
       <c r="B8" t="str">
-        <v>74277509</v>
+        <v>81890954</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">ورق پلی کربنات   25 کیلو 10   بنگاه تهران </v>
       </c>
       <c r="B9" t="str">
-        <v>84375182</v>
+        <v>93023638</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">ورق پلی کربنات   22.2 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B10" t="str">
-        <v>74950842</v>
+        <v>82633303</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">ورق پلی کربنات   33 کیلو 12   بنگاه تهران </v>
       </c>
       <c r="B11" t="str">
-        <v>127758724</v>
+        <v>140853993</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">ورق پلی کربنات   40.5 کیلو 16   بنگاه تهران </v>
       </c>
       <c r="B12" t="str">
-        <v>156189630</v>
+        <v>172199067</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">ورق پلی کربنات   36.6 کیلو 14   بنگاه تهران </v>
       </c>
       <c r="B13" t="str">
-        <v>141167338</v>
+        <v>155636990</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">ورق پلی کربنات   45 کیلو 6   بنگاه تهران </v>
       </c>
       <c r="B14" t="str">
-        <v>159718823</v>
+        <v>176090003</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">ورق پلی کربنات   90 کیلو 12   بنگاه تهران </v>
       </c>
       <c r="B15" t="str">
-        <v>31970139</v>
+        <v>35247078</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">ورق پلی کربنات   14.50 کیلو 2   بنگاه تهران </v>
       </c>
       <c r="B16" t="str">
-        <v>53401864</v>
+        <v>58875555</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">ورق پلی کربنات   75 کیلو 10   بنگاه تهران </v>
       </c>
       <c r="B17" t="str">
-        <v>266024173</v>
+        <v>293291651</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">ورق پلی کربنات   30 کیلو 4   بنگاه تهران </v>
       </c>
       <c r="B18" t="str">
-        <v>106560344</v>
+        <v>117482779</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">ورق پلی کربنات   60 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B19" t="str">
-        <v>212871498</v>
+        <v>234690827</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">ورق پلی کربنات   22.5 کیلو 3   بنگاه تهران </v>
       </c>
       <c r="B20" t="str">
-        <v>79986909</v>
+        <v>88185567</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">ورق پلی کربنات   7.75 کیلو 4   بنگاه تهران </v>
       </c>
       <c r="B21" t="str">
-        <v>26332717</v>
+        <v>29031820</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v xml:space="preserve">ورق پلی کربنات   16.50 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B22" t="str">
-        <v>119568441</v>
+        <v>131824206</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v xml:space="preserve">ورق پلی کربنات   14.50 کیلو 6   بنگاه تهران </v>
       </c>
       <c r="B23" t="str">
-        <v>92455178</v>
+        <v>101931834</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v xml:space="preserve">ورق پلی کربنات   12.40 کیلو 6   بنگاه تهران </v>
       </c>
       <c r="B24" t="str">
-        <v>69864856</v>
+        <v>77026004</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v xml:space="preserve">ورق پلی کربنات   7.75 کیلو 4   بنگاه تهران </v>
       </c>
       <c r="B25" t="str">
-        <v>25342453</v>
+        <v>27940054</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v xml:space="preserve">ورق پلی کربنات   14.50 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B26" t="str">
-        <v>92404098</v>
+        <v>101875518</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/8/5</v>
+        <v>1404/9/27</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>