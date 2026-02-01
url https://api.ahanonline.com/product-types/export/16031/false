--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -387,349 +387,206 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C26"/>
+  <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="46"/>
     <col min="2" max="2" customWidth="1" width="11"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">ورق پلی کربنات   16 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B2" t="str">
-        <v>59406719</v>
+        <v>71297153</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   18 کیلو 10   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   19 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B3" t="str">
-        <v>66798218</v>
+        <v>84920549</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   14 کیلو 6   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   16 کیلو 6   بنگاه تهران </v>
       </c>
       <c r="B4" t="str">
-        <v>51621007</v>
+        <v>73347574</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   10 کیلو 6   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   22.2 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B5" t="str">
-        <v>35197162</v>
+        <v>99169054</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   19 کیلو 8   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   40.5 کیلو 16   بنگاه تهران </v>
       </c>
       <c r="B6" t="str">
-        <v>70759549</v>
+        <v>206647971</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   16 کیلو 6   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   36.6 کیلو 14   بنگاه تهران </v>
       </c>
       <c r="B7" t="str">
-        <v>61115403</v>
+        <v>186773479</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   22 کیلو 10   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   45 کیلو 6   بنگاه تهران </v>
       </c>
       <c r="B8" t="str">
-        <v>81890954</v>
+        <v>211317094</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   25 کیلو 10   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   75 کیلو 10   بنگاه تهران </v>
       </c>
       <c r="B9" t="str">
-        <v>93023638</v>
+        <v>351959072</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   22.2 کیلو 8   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   30 کیلو 4   بنگاه تهران </v>
       </c>
       <c r="B10" t="str">
-        <v>82633303</v>
+        <v>140988425</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   33 کیلو 12   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   60 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B11" t="str">
-        <v>140853993</v>
+        <v>281638083</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   40.5 کیلو 16   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   22.5 کیلو 3   بنگاه تهران </v>
       </c>
       <c r="B12" t="str">
-        <v>172199067</v>
+        <v>105831770</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v xml:space="preserve">ورق پلی کربنات   36.6 کیلو 14   بنگاه تهران </v>
+        <v xml:space="preserve">ورق پلی کربنات   14.50 کیلو 8   بنگاه تهران </v>
       </c>
       <c r="B13" t="str">
-        <v>155636990</v>
+        <v>122259712</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/9/27</v>
-[...142 lines deleted...]
-        <v>1404/9/27</v>
+        <v>1404/11/12</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C26"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C13"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 