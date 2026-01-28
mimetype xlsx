--- v0 (2025-12-08)
+++ v1 (2026-01-28)
@@ -387,2131 +387,1075 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C188"/>
+  <dimension ref="A1:C92"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="84"/>
     <col min="2" max="2" customWidth="1" width="10"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v>لوله درزدار تست آب 1/2 اینچ ضخامت 2 شاخه 6 متری</v>
+        <v xml:space="preserve">لوله درز مستقیم  2.5  1/2 اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B2" t="str">
-        <v>658182</v>
+        <v>6690905</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>لوله درز مستقیم 2  " 1/2   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  2.5  1/2 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B3" t="str">
-        <v>610989</v>
+        <v>7261215</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.5  1/2 اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v>لوله درز مستقیم 2.5   1/2 اینچ    تهران  تست آب  6متری کارخانه</v>
       </c>
       <c r="B4" t="str">
-        <v>4460604</v>
+        <v>682727</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.5  1/2 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  2.8  1/2  سپاهان  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B5" t="str">
-        <v>4840810</v>
+        <v>8781004</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>لوله درز مستقیم 2.5   1/2 اینچ    تهران  تست آب  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  2.5  1 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B6" t="str">
-        <v>658182</v>
+        <v>7312193</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>لوله درز مستقیم 2.5   1/2 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
+        <v>لوله درزدارتست آب 1اینچ ضخامت 2/5 میل شاخه 6 متری</v>
       </c>
       <c r="B7" t="str">
-        <v>4573671</v>
+        <v>677272</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>لوله درز مستقیم 2.5  " 1/2   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  3  1 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B8" t="str">
-        <v>620079</v>
+        <v>10976256</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>لوله درز مستقیم 2.8   1/2 اینچ    تهران  صنعتی  6متری بنگاه تهران</v>
+        <v>لوله درز دار"1 تست آب  ضخامت 3 میل شاخه 6 متری</v>
       </c>
       <c r="B9" t="str">
-        <v>4066369</v>
+        <v>677272</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.8  1/2  سپاهان  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3.2  1 اینچ  سپاهان  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B10" t="str">
-        <v>5854003</v>
+        <v>11151503</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.8  1/2 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3  1 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B11" t="str">
-        <v>5966580</v>
+        <v>11145121</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 2.8   1/2 اینچ    اصفهان  تست گاز API  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  2.8  1/2 1 اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B12" t="str">
-        <v>641818</v>
+        <v>14576605</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2  1 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم 3  1/2 1 اینچ    صابری  تست آب  6متری کارخانه </v>
       </c>
       <c r="B13" t="str">
-        <v>4002464</v>
+        <v>677272</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>لوله درز مستقیم 2   1 اینچ    اصفهان  تست آب  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  3.2  1/2 1 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B14" t="str">
-        <v>663636</v>
+        <v>17730875</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>لوله درز مستقیم 2  " 1   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  3.7  1/2 1 اینچ  سپاهان  تست گاز API  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B15" t="str">
-        <v>610043</v>
+        <v>21952512</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.5  1 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  2  1 1/4 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B16" t="str">
-        <v>4874795</v>
+        <v>7512316</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>لوله درزدارتست آب 1اینچ ضخامت 2/5 میل شاخه 6 متری</v>
+        <v>لوله درز مستقیم 2.5  1/4 1 اینچ    تهران  تست آب  6متری کارخانه</v>
       </c>
       <c r="B17" t="str">
-        <v>638182</v>
+        <v>677272</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>لوله درز مستقیم 2.5  " 1   تهران  صنعتی  6متری کارخانه</v>
+        <v>لوله درزدار 1/4 1 اینچ ضخامت 2/5 شاخه 6 متری</v>
       </c>
       <c r="B18" t="str">
-        <v>626606</v>
+        <v>8858872</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.8  1 اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  2.8  1/4 1  اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B19" t="str">
-        <v>6797107</v>
+        <v>12983534</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>لوله درز مستقیم 2.8   1 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  3  1/4 1  اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B20" t="str">
-        <v>6480910</v>
+        <v>14885559</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3  1 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3  1/4 1  اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B21" t="str">
-        <v>7317504</v>
+        <v>11527095</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3  1 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
+        <v>لوله درز مستقیم 3  1/4 1 اینچ    اصفهان  تست آب  6متری کارخانه</v>
       </c>
       <c r="B22" t="str">
-        <v>6163794</v>
+        <v>677272</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3  " 1   تهران  صنعتی  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  3.2  1/4 1  اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B23" t="str">
-        <v>616807</v>
+        <v>15197893</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>لوله درز دار"1 تست آب  ضخامت 3 میل شاخه 6 متری</v>
+        <v xml:space="preserve">لوله درز مستقیم  3.9  2 اینچ  سپاهان  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B24" t="str">
-        <v>638182</v>
+        <v>26174149</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3   1 اینچ    اصفهان  تست گاز خانگی  6متری بنگاه تهران </v>
+        <v>لوله درز مستقیم 2.5  " 2   تهران  تست آب  6متری کارخانه</v>
       </c>
       <c r="B25" t="str">
-        <v>6380529</v>
+        <v>678181</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3   1 اینچ    اصفهان  تست گاز API  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم 3  " 2   تهران  تست آب  6متری کارخانه </v>
       </c>
       <c r="B26" t="str">
-        <v>641818</v>
+        <v>678181</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.2  1 اینچ  سپاهان  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3.5  2 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B27" t="str">
-        <v>7434336</v>
+        <v>22796839</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3  1 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3.5  2 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B28" t="str">
-        <v>7430081</v>
+        <v>22796839</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3.3   1 اینچ    اصفهان  تست گاز API  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم 4   2 اینچ    تهران  تست آب  6متری کارخانه </v>
       </c>
       <c r="B29" t="str">
-        <v>641818</v>
+        <v>678181</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 2  "1/2 1   تهران  صنعتی  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم 4   2 اینچ    تهران  صنعتی  6متری بنگاه تهران </v>
       </c>
       <c r="B30" t="str">
-        <v>617516</v>
+        <v>20922774</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 2.5  "1/2 1   تهران  تست آب  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  3.9  1/2 2 اینچ  سپاهان  تست گاز API  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B31" t="str">
-        <v>638182</v>
+        <v>32928768</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 2.5  "1/2 1   تهران  صنعتی  6متری کارخانه </v>
+        <v>لوله درز مستقیم 2.5   1/2 2 اینچ    تهران  تست آب  6متری کارخانه</v>
       </c>
       <c r="B32" t="str">
-        <v>626606</v>
+        <v>678181</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.8  1/2 1 اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v>لوله درزدار   " 1/2 2 ضخامت 3 میل شاخه   6متری</v>
       </c>
       <c r="B33" t="str">
-        <v>9717737</v>
+        <v>678181</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3  1/2 1 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3.5  2 1/2 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B34" t="str">
-        <v>11506629</v>
+        <v>24174880</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3  1/2 1 اینچ    صابری  تست آب  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  3.5  1/2 2 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B35" t="str">
-        <v>638182</v>
+        <v>29551459</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3  "1/2 1   تهران  صنعتی  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  4  1/2 2 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B36" t="str">
-        <v>616807</v>
+        <v>33097634</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3  1/2 1 اینچ    تهران  تست آب  6متری بنگاه تهران </v>
+        <v xml:space="preserve">لوله درز مستقیم  4  2 1/2 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B37" t="str">
-        <v>6257656</v>
+        <v>27616999</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.2  1/2 1 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم 4   1/2 2 اینچ    تهران  تست آب  6متری کارخانه </v>
       </c>
       <c r="B38" t="str">
-        <v>11820584</v>
+        <v>678181</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3.5  1/2 1 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه </v>
+        <v>لوله درز مستقیم 2   1/2 2 اینچ    تهران  صنعتی  6متری بنگاه تهران</v>
       </c>
       <c r="B39" t="str">
-        <v>11098437</v>
+        <v>13070463</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.7  1/2 1 اینچ  سپاهان  تست گاز API  6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  2.8  3 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B40" t="str">
-        <v>14635008</v>
+        <v>29044862</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3.7  1/2 1 اینچ    اصفهان  تست گاز API  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  3  3 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B41" t="str">
-        <v>641818</v>
+        <v>29636729</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2  1 1/4 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3  3 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B42" t="str">
-        <v>5008211</v>
+        <v>24254929</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
-        <v>لوله درز مستقیم 2  "1/4 1   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  3.5  3 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B43" t="str">
-        <v>608151</v>
+        <v>31861420</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
-        <v>لوله درز مستقیم 2.5  1/4 1 اینچ    تهران  تست آب  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  4  3 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B44" t="str">
-        <v>638182</v>
+        <v>39113587</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
-        <v>لوله درز مستقیم 2.5  "1/4 1   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  4  3 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B45" t="str">
-        <v>626606</v>
+        <v>32259856</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v>لوله درزدار 1/4 1 اینچ ضخامت 2/5 شاخه 6 متری</v>
+        <v xml:space="preserve">لوله درز مستقیم 4   3 اینچ    تهران  تست آب  6متری کارخانه </v>
       </c>
       <c r="B46" t="str">
-        <v>5905915</v>
+        <v>678181</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.8  1/4 1  اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  4  3  سپاهان  تست گاز API  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B47" t="str">
-        <v>8655690</v>
+        <v>40527715</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v>لوله درز مستقیم 2.8  1/4 1 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  2  3 1/2 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B48" t="str">
-        <v>7986625</v>
+        <v>17703204</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3  1/4 1  اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v>لوله درزدار تست آب 3/4  اینچ ضخامت 2 میل شاخه 6 متری</v>
       </c>
       <c r="B49" t="str">
-        <v>9923706</v>
+        <v>5663872</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3  1/4 1  اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
+        <v>لوله درز مستقیم 2   3/4 اینچ    تهران  تست آب  6متری کارخانه</v>
       </c>
       <c r="B50" t="str">
-        <v>7684730</v>
+        <v>682727</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
-        <v>لوله درز مستقیم 3  1/4 1 اینچ    اصفهان  تست آب  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  2.5  3/4 اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B51" t="str">
-        <v>638182</v>
+        <v>7168827</v>
       </c>
       <c r="C51" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
-        <v>لوله درز مستقیم 3  1/4 1 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  2.5  3/4 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B52" t="str">
-        <v>8237578</v>
+        <v>7261215</v>
       </c>
       <c r="C52" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
-        <v>لوله درز مستقیم 3  "1/4 1   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  2.8  3/4 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B53" t="str">
-        <v>616807</v>
+        <v>8781004</v>
       </c>
       <c r="C53" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.2  1/4 1  اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  2.9  3/4 اینچ  سپاهان  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B54" t="str">
-        <v>10131929</v>
+        <v>7965362</v>
       </c>
       <c r="C54" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3.6  1/4 1 اینچ    اصفهان  تست گاز API  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  2.5  4 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B55" t="str">
-        <v>641818</v>
+        <v>24630545</v>
       </c>
       <c r="C55" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.7  1/4 1  اینچ  سپاهان  تست گاز API  6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  2.8  4 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B56" t="str">
-        <v>11470114</v>
+        <v>35047562</v>
       </c>
       <c r="C56" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.9  2 اینچ  سپاهان  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3  4 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B57" t="str">
-        <v>17449433</v>
+        <v>37821289</v>
       </c>
       <c r="C57" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
-        <v>لوله درز مستقیم 2  " 2   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم 3  " 4   تهران  تست آب  6متری کارخانه </v>
       </c>
       <c r="B58" t="str">
-        <v>617516</v>
+        <v>678181</v>
       </c>
       <c r="C58" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
-        <v>لوله درز مستقیم 2.5  " 2   تهران  تست آب  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  3.5  4 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B59" t="str">
-        <v>649091</v>
+        <v>43679710</v>
       </c>
       <c r="C59" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v>لوله درز مستقیم 2.5  " 2   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  4  4 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B60" t="str">
-        <v>626606</v>
+        <v>49968898</v>
       </c>
       <c r="C60" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.8  2 اینچ  سپنتا  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم 4   4 اینچ    تهران  تست آب  6متری کارخانه </v>
       </c>
       <c r="B61" t="str">
-        <v>12160445</v>
+        <v>678181</v>
       </c>
       <c r="C61" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 2.9   2 اینچ    اصفهان  تست گاز API  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  4  4 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B62" t="str">
-        <v>641818</v>
+        <v>48588661</v>
       </c>
       <c r="C62" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3  " 2   تهران  تست آب  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  4  4  سپاهان  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B63" t="str">
-        <v>649091</v>
+        <v>50659644</v>
       </c>
       <c r="C63" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3   2 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  5  4 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B64" t="str">
-        <v>11399580</v>
+        <v>52432273</v>
       </c>
       <c r="C64" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3  " 2   تهران  صنعتی  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم 6   4 اینچ    تهران  صنعتی  6متری بنگاه تهران </v>
       </c>
       <c r="B65" t="str">
-        <v>616807</v>
+        <v>61199097</v>
       </c>
       <c r="C65" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.5  2 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  3  5 اینچ  سپاهان  تست گاز خانگی  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B66" t="str">
-        <v>15197893</v>
+        <v>48948834</v>
       </c>
       <c r="C66" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3.5   2 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم 3   5 اینچ    تهران  تست آب  6متری کارخانه </v>
       </c>
       <c r="B67" t="str">
-        <v>13306819</v>
+        <v>678181</v>
       </c>
       <c r="C67" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.5  2 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  4  5 اینچ  سپاهان  تست گاز خانگی  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B68" t="str">
-        <v>15197893</v>
+        <v>65386875</v>
       </c>
       <c r="C68" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 4   2 اینچ    تهران  تست آب  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم 4   5 اینچ    تهران  تست آب  6متری کارخانه </v>
       </c>
       <c r="B69" t="str">
-        <v>649091</v>
+        <v>682727</v>
       </c>
       <c r="C69" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 4  " 2   تهران  صنعتی  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم  3  6 اینچ  سپاهان  تست گاز خانگی  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B70" t="str">
-        <v>635857</v>
+        <v>58994303</v>
       </c>
       <c r="C70" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 4   2 اینچ    تهران  صنعتی  6متری بنگاه تهران </v>
+        <v xml:space="preserve">لوله درز مستقیم  4  6 اینچ  سپاهان  تست گاز خانگی  شاخه 6 متری  بنگاه تهران   </v>
       </c>
       <c r="B71" t="str">
-        <v>13948516</v>
+        <v>78537308</v>
       </c>
       <c r="C71" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.9  1/2 2 اینچ  سپاهان  تست گاز API  6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم  4  6 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B72" t="str">
-        <v>21952512</v>
+        <v>61814048</v>
       </c>
       <c r="C72" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
-        <v>لوله درز مستقیم 2  " 1/2 2   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم 4  " 6   اصفهان  تست آب  6متری کارخانه </v>
       </c>
       <c r="B73" t="str">
-        <v>617516</v>
+        <v>680909</v>
       </c>
       <c r="C73" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
-        <v>لوله درز مستقیم 2.5   1/2 2 اینچ    تهران  تست آب  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم  6  6 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
       </c>
       <c r="B74" t="str">
-        <v>649091</v>
+        <v>93017254</v>
       </c>
       <c r="C74" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
-        <v>لوله درز مستقیم 2.5  " 1/2 2   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم 2.5  " 1   تهران    6متری بنگاه تهران </v>
       </c>
       <c r="B75" t="str">
-        <v>626606</v>
+        <v>6898304</v>
       </c>
       <c r="C75" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3  2 1/2 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
+        <v>لوله درز مستقیم 2  " 1/2   تهران    6متری بنگاه تهران</v>
       </c>
       <c r="B76" t="str">
-        <v>13981940</v>
+        <v>4647281</v>
       </c>
       <c r="C76" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
-        <v>لوله درزدار   " 1/2 2 ضخامت 3 میل شاخه   6متری</v>
+        <v>لوله درزدار تست آب   " 1/2  ضخامت 2.5 میل   6متری</v>
       </c>
       <c r="B77" t="str">
-        <v>649091</v>
+        <v>5518645</v>
       </c>
       <c r="C77" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3   1/2 2 اینچ    اصفهان  تست گاز خانگی  6متری کارخانه </v>
+        <v>لوله درز مستقیم 2  " 3/4   تهران    6متری بنگاه تهران</v>
       </c>
       <c r="B78" t="str">
-        <v>14611772</v>
+        <v>4792508</v>
       </c>
       <c r="C78" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 3  " 1/2 2   تهران  صنعتی  6متری کارخانه </v>
+        <v>لوله درز مستقیم 2.5  " 3/4   تهران    6متری بنگاه تهران</v>
       </c>
       <c r="B79" t="str">
-        <v>628743</v>
+        <v>5518645</v>
       </c>
       <c r="C79" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.5  1/2 2 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v>لوله درزدار تهران 1/2 1 ضخامت 3 میل شاخه 6 متری</v>
       </c>
       <c r="B80" t="str">
-        <v>21614781</v>
+        <v>11908645</v>
       </c>
       <c r="C80" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.5  2 1/2 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
+        <v>لوله سیاه تهران1/4 1 اینچ ضخامت3 میل شاخه 6 متری</v>
       </c>
       <c r="B81" t="str">
-        <v>16116587</v>
+        <v>10485417</v>
       </c>
       <c r="C81" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3.5  1/2 2 اینچ  سپنتا  تست گاز API  شاخه 6 متری  بنگاه تهران   </v>
+        <v>لوله سیاه تهران  2 اینچ ضخامت 3.5 میل شاخه 6 متری</v>
       </c>
       <c r="B82" t="str">
-        <v>19700973</v>
+        <v>16701145</v>
       </c>
       <c r="C82" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  4  1/2 2 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v>لوله درز مستقیم " 2   تهران  ضخامت 3 میل   6متری بنگاه تهران</v>
       </c>
       <c r="B83" t="str">
-        <v>22065089</v>
+        <v>14667963</v>
       </c>
       <c r="C83" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  4  2 1/2 اینچ  تهران  صنعتی  6 متری  بنگاه تهران   </v>
+        <v>لوله درز مستقیم 2.5  " 1/2 3   تهران    6متری بنگاه تهران</v>
       </c>
       <c r="B84" t="str">
-        <v>18411333</v>
+        <v>21057963</v>
       </c>
       <c r="C84" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 4   1/2 2 اینچ    تهران  تست آب  6متری کارخانه </v>
+        <v>لوله درز مستقیم 2  " 3   تهران    6متری بنگاه تهران</v>
       </c>
       <c r="B85" t="str">
-        <v>649091</v>
+        <v>18589099</v>
       </c>
       <c r="C85" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 4  " 1/2 2   تهران  صنعتی  6متری کارخانه </v>
+        <v>لوله سیاه تهران3 اینچ ضخامت 3 میل شاخه 6 متری</v>
       </c>
       <c r="B86" t="str">
-        <v>622084</v>
+        <v>22655463</v>
       </c>
       <c r="C86" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 5   1/2 2 اینچ    تهران  صنعتی  6متری کارخانه </v>
+        <v>لوله درز مستقیم 4 اینچ ضخامت میل شاخه 6 متری</v>
       </c>
       <c r="B87" t="str">
-        <v>623026</v>
+        <v>28319326</v>
       </c>
       <c r="C87" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
-        <v xml:space="preserve">لوله درز مستقیم 6   1/2 2 اینچ    تهران  صنعتی  6متری کارخانه </v>
+        <v xml:space="preserve">لوله درز مستقیم 4  " 4   تهران    6متری بنگاه تهران </v>
       </c>
       <c r="B88" t="str">
-        <v>624776</v>
+        <v>35042851</v>
       </c>
       <c r="C88" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
-        <v>لوله درز مستقیم 2   1/2 2 اینچ    تهران  صنعتی  6متری بنگاه تهران</v>
+        <v>لوله سیاه درزدار تهران 5 اینچ ضخامت 5.8 میل شاخه 6 متری</v>
       </c>
       <c r="B89" t="str">
-        <v>8713642</v>
+        <v>69174663</v>
       </c>
       <c r="C89" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
-        <v>لوله درز مستقیم 2.5  " 3   تهران  صنعتی  6متری کارخانه</v>
+        <v xml:space="preserve">لوله درز مستقیم 2.5  " 6   تهران    6متری بنگاه تهران </v>
       </c>
       <c r="B90" t="str">
-        <v>626606</v>
+        <v>34709326</v>
       </c>
       <c r="C90" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  2.8  3 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم 3  " 6   تهران    6متری بنگاه تهران </v>
       </c>
       <c r="B91" t="str">
-        <v>19363242</v>
+        <v>32979517</v>
       </c>
       <c r="C91" t="str">
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
-        <v xml:space="preserve">لوله درز مستقیم  3  3 اینچ  سپاهان  تست گاز  شاخه 6 متری  بنگاه تهران   </v>
+        <v xml:space="preserve">لوله درز مستقیم 4.55  " 6   تهران    6متری بنگاه تهران </v>
       </c>
       <c r="B92" t="str">
-        <v>19757820</v>
+        <v>64403070</v>
       </c>
       <c r="C92" t="str">
-        <v>1404/9/17</v>
-[...1055 lines deleted...]
-        <v>1404/9/17</v>
+        <v>1404/11/8</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C188"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C92"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 