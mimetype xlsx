--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -394,458 +394,458 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C37"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="43"/>
     <col min="2" max="2" customWidth="1" width="9"/>
-    <col min="3" max="3" customWidth="1" width="10"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>میلگرد استنلس استیل 304L سایز 6 میلیمتر</v>
       </c>
       <c r="B2" t="str">
-        <v>3783318</v>
+        <v>4010591</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>میلگرد استنلس استیل 304L سایز 8 میلیمتر</v>
       </c>
       <c r="B3" t="str">
-        <v>3783318</v>
+        <v>4010591</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>میلگرد استنلس استیل 304L سایز 10 میلیمتر</v>
       </c>
       <c r="B4" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>میلگرد استنلس استیل 304L سایز 12 میلیمتر</v>
       </c>
       <c r="B5" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>میلگرد استنلس استیل 304L سایز 14 میلیمتر</v>
       </c>
       <c r="B6" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>میلگرد استنلس استیل 304L سایز 20 میلیمتر</v>
       </c>
       <c r="B7" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>میلگرد استنلس استیل 304L سایز 25 میلیمتر</v>
       </c>
       <c r="B8" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>میلگرد استنلس استیل 304L سایز 30 میلیمتر</v>
       </c>
       <c r="B9" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>میلگرد استنلس استیل 304L سایز 40 میلیمتر</v>
       </c>
       <c r="B10" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>میلگرد استنلس استیل 304L سایز 50 میلیمتر</v>
       </c>
       <c r="B11" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>میلگرد استنلس استیل 304L سایز 55 میلیمتر</v>
       </c>
       <c r="B12" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>میلگرد استنلس استیل 304L سایز 60 میلیمتر</v>
       </c>
       <c r="B13" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>میلگرد استنلس استیل 304L سایز 65 میلیمتر</v>
       </c>
       <c r="B14" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>میلگرد استنلس استیل 304L سایز 80 میلیمتر</v>
       </c>
       <c r="B15" t="str">
-        <v>3731818</v>
+        <v>3959091</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>میلگرد استنلس استیل 316L سایز 5 میلیمتر</v>
       </c>
       <c r="B16" t="str">
-        <v>4825891</v>
+        <v>5307709</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>میلگرد استنلس استیل 316L سایز 10 میلیمتر</v>
       </c>
       <c r="B17" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>میلگرد استنلس استیل 316 سایز 12 میلیمتر</v>
       </c>
       <c r="B18" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>میلگرد استنلس استیل 316L سایز 14 میلیمتر</v>
       </c>
       <c r="B19" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>میلگرد استنلس استیل 316L سایز 15 میلیمتر</v>
       </c>
       <c r="B20" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>میلگرد استنلس استیل 316L سایز 16 میلیمتر</v>
       </c>
       <c r="B21" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>میلگرد استنلس استیل 316L سایز 20 میلیمتر</v>
       </c>
       <c r="B22" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>میلگرد استنلس استیل 316L سایز 25 میلیمتر</v>
       </c>
       <c r="B23" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>میلگرد استنلس استیل 316L سایز 28 میلیمتر</v>
       </c>
       <c r="B24" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>میلگرد استنلس استیل 316L سایز 30 میلیمتر</v>
       </c>
       <c r="B25" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>میلگرد استنلس استیل 316L سایز 40 میلیمتر</v>
       </c>
       <c r="B26" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>میلگرد استنلس استیل 316L سایز 45 میلیمتر</v>
       </c>
       <c r="B27" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>میلگرد استنلس استیل 316L سایز 50 میلیمتر</v>
       </c>
       <c r="B28" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>میلگرد استنلس استیل 316L سایز 55 میلیمتر</v>
       </c>
       <c r="B29" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>میلگرد استنلس استیل 316L سایز 60 میلیمتر</v>
       </c>
       <c r="B30" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>میلگرد استنلس استیل 316L سایز 65 میلیمتر</v>
       </c>
       <c r="B31" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>میلگرد استنلس استیل 316L سایز 70 میلیمتر</v>
       </c>
       <c r="B32" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>میلگرد استنلس استیل 316L سایز 80 میلیمتر</v>
       </c>
       <c r="B33" t="str">
-        <v>4725891</v>
+        <v>5207709</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>میلگرد استنلس استیل 316L سایز 85 میلیمتر</v>
       </c>
       <c r="B34" t="str">
-        <v>5111741</v>
+        <v>5593559</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>میلگرد استنلس استیل 316L سایز 90 میلیمتر</v>
       </c>
       <c r="B35" t="str">
-        <v>5143091</v>
+        <v>5624909</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>میلگرد استنلس استیل 316L سایز 120 میلیمتر</v>
       </c>
       <c r="B36" t="str">
-        <v>5584891</v>
+        <v>6066709</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>میلگرد استنلس استیل 316L سایز 130 میلیمتر</v>
       </c>
       <c r="B37" t="str">
-        <v>5584891</v>
+        <v>6066709</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C37"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>