--- v1 (2025-12-13)
+++ v2 (2026-01-28)
@@ -387,470 +387,371 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C37"/>
+  <dimension ref="A1:C28"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="43"/>
     <col min="2" max="2" customWidth="1" width="9"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>میلگرد استنلس استیل 304L سایز 6 میلیمتر</v>
       </c>
       <c r="B2" t="str">
-        <v>4010591</v>
+        <v>5010590</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>میلگرد استنلس استیل 304L سایز 8 میلیمتر</v>
       </c>
       <c r="B3" t="str">
-        <v>4010591</v>
+        <v>5010590</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>میلگرد استنلس استیل 304L سایز 10 میلیمتر</v>
       </c>
       <c r="B4" t="str">
-        <v>3959091</v>
+        <v>4959090</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>میلگرد استنلس استیل 304L سایز 12 میلیمتر</v>
       </c>
       <c r="B5" t="str">
-        <v>3959091</v>
+        <v>4959090</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>میلگرد استنلس استیل 304L سایز 14 میلیمتر</v>
       </c>
       <c r="B6" t="str">
-        <v>3959091</v>
+        <v>4959090</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>میلگرد استنلس استیل 304L سایز 20 میلیمتر</v>
       </c>
       <c r="B7" t="str">
-        <v>3959091</v>
+        <v>4959090</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>میلگرد استنلس استیل 304L سایز 25 میلیمتر</v>
+        <v>میلگرد استنلس استیل 304L سایز 40 میلیمتر</v>
       </c>
       <c r="B8" t="str">
-        <v>3959091</v>
+        <v>4959090</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>میلگرد استنلس استیل 304L سایز 30 میلیمتر</v>
+        <v>میلگرد استنلس استیل 304L سایز 55 میلیمتر</v>
       </c>
       <c r="B9" t="str">
-        <v>3959091</v>
+        <v>4959090</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>میلگرد استنلس استیل 304L سایز 40 میلیمتر</v>
+        <v>میلگرد استنلس استیل 304L سایز 60 میلیمتر</v>
       </c>
       <c r="B10" t="str">
-        <v>3959091</v>
+        <v>4959090</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>میلگرد استنلس استیل 304L سایز 50 میلیمتر</v>
+        <v>میلگرد استنلس استیل 304L سایز 65 میلیمتر</v>
       </c>
       <c r="B11" t="str">
-        <v>3959091</v>
+        <v>4959090</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>میلگرد استنلس استیل 304L سایز 55 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 5 میلیمتر</v>
       </c>
       <c r="B12" t="str">
-        <v>3959091</v>
+        <v>7316800</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>میلگرد استنلس استیل 304L سایز 60 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 10 میلیمتر</v>
       </c>
       <c r="B13" t="str">
-        <v>3959091</v>
+        <v>7216800</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>میلگرد استنلس استیل 304L سایز 65 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316 سایز 12 میلیمتر</v>
       </c>
       <c r="B14" t="str">
-        <v>3959091</v>
+        <v>7216800</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>میلگرد استنلس استیل 304L سایز 80 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 14 میلیمتر</v>
       </c>
       <c r="B15" t="str">
-        <v>3959091</v>
+        <v>7216800</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 5 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 15 میلیمتر</v>
       </c>
       <c r="B16" t="str">
-        <v>5307709</v>
+        <v>7216800</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 10 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 16 میلیمتر</v>
       </c>
       <c r="B17" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>میلگرد استنلس استیل 316 سایز 12 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 20 میلیمتر</v>
       </c>
       <c r="B18" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 14 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 25 میلیمتر</v>
       </c>
       <c r="B19" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 15 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 40 میلیمتر</v>
       </c>
       <c r="B20" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 16 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 45 میلیمتر</v>
       </c>
       <c r="B21" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 20 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 50 میلیمتر</v>
       </c>
       <c r="B22" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 25 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 60 میلیمتر</v>
       </c>
       <c r="B23" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 28 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 65 میلیمتر</v>
       </c>
       <c r="B24" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 30 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 70 میلیمتر</v>
       </c>
       <c r="B25" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 40 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 80 میلیمتر</v>
       </c>
       <c r="B26" t="str">
-        <v>5207709</v>
+        <v>7216800</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 45 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 90 میلیمتر</v>
       </c>
       <c r="B27" t="str">
-        <v>5207709</v>
+        <v>7634000</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>میلگرد استنلس استیل 316L سایز 50 میلیمتر</v>
+        <v>میلگرد استنلس استیل 316L سایز 120 میلیمتر</v>
       </c>
       <c r="B28" t="str">
-        <v>5207709</v>
+        <v>8075800</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/9/22</v>
-[...98 lines deleted...]
-        <v>1404/9/22</v>
+        <v>1404/11/8</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C37"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C28"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 