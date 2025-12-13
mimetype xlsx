--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -387,613 +387,954 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C50"/>
+  <dimension ref="A1:C81"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
-    <col min="1" max="1" customWidth="1" width="59"/>
+    <col min="1" max="1" customWidth="1" width="75"/>
     <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="10"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v xml:space="preserve">پروفیل  20*20   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  20*20  ضخامت 2  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B2" t="str">
-        <v>509091</v>
+        <v>677273</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v xml:space="preserve">پروفیل  30*20   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  30*30  ضخامت 2  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B3" t="str">
-        <v>509091</v>
+        <v>672727</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v xml:space="preserve">پروفیل  30*30   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  40*40  ضخامت 2  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B4" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v xml:space="preserve">پروفیل  20*40   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  60*40  ضخامت 2  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B5" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v xml:space="preserve">پروفیل  40*40   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  40*80  ضخامت 2  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B6" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v xml:space="preserve">پروفیل  80*40   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  20*20  ضخامت 2.5  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B7" t="str">
-        <v>504545</v>
+        <v>677273</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v xml:space="preserve">پروفیل  30*50   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  30*30  ضخامت 2.5  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B8" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v xml:space="preserve">پروفیل  50*50   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  30*50  ضخامت 2.5  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B9" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v xml:space="preserve">پروفیل  30*60   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  50*50  ضخامت 2.5  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B10" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v xml:space="preserve">پروفیل  60*60   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  60*60  ضخامت 2.5  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B11" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v xml:space="preserve">پروفیل  80*80   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  40*40  ضخامت 3  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B12" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v xml:space="preserve">پروفیل  507   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  70*70  ضخامت 3  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B13" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v xml:space="preserve">پروفیل  508   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  80*80  ضخامت 3  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B14" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v xml:space="preserve">پروفیل  509   2   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  90*90  ضخامت 3  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B15" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v xml:space="preserve">پروفیل  40*40   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  100*100  ضخامت 3  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B16" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v xml:space="preserve">پروفیل  30*50   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  135*135  ضخامت 3  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B17" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v xml:space="preserve">پروفیل  50*50   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  40*40  ضخامت 4  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B18" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v xml:space="preserve">پروفیل  30*60   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  50*50  ضخامت 4  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B19" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v xml:space="preserve">پروفیل  60*60   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  60*60  ضخامت 4  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B20" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v xml:space="preserve">پروفیل  70*70   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  90*90  ضخامت 4  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B21" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v xml:space="preserve">پروفیل  40*80   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  120*120  ضخامت 4  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B22" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v xml:space="preserve">پروفیل  80*80   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  135*135  ضخامت 4  میل اصفهان  شاخه 6 متری     </v>
       </c>
       <c r="B23" t="str">
-        <v>504545</v>
+        <v>672727</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v xml:space="preserve">پروفیل  90*90   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  20*10  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B24" t="str">
-        <v>504545</v>
+        <v>659091</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v xml:space="preserve">پروفیل  100*100   2.5   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  20*20  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B25" t="str">
-        <v>504545</v>
+        <v>654545</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v xml:space="preserve">پروفیل  50*50   3   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  30*20  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B26" t="str">
-        <v>504545</v>
+        <v>654545</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v xml:space="preserve">پروفیل  80*80   3   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  30*30  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B27" t="str">
-        <v>504545</v>
+        <v>650000</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v xml:space="preserve">پروفیل  90*90   3   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  20*40  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B28" t="str">
-        <v>504545</v>
+        <v>650000</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v xml:space="preserve">پروفیل  100*100   3   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  40*40  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B29" t="str">
-        <v>504545</v>
+        <v>650000</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v xml:space="preserve">پروفیل  140*140   3   12 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  80*40  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B30" t="str">
-        <v>504545</v>
+        <v>650000</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v xml:space="preserve">پروفیل  60*80   4   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  30*50  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B31" t="str">
-        <v>527273</v>
+        <v>650000</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v xml:space="preserve">پروفیل  50*100   4   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  50*50  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B32" t="str">
-        <v>527273</v>
+        <v>650000</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v xml:space="preserve">پروفیل  120*120   4   12 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  30*60  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B33" t="str">
-        <v>527273</v>
+        <v>650000</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v xml:space="preserve">پروفیل  140*140   4   12 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  60*60  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B34" t="str">
-        <v>527273</v>
+        <v>650000</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v xml:space="preserve">پروفیل  40*40   3   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  80*80  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B35" t="str">
-        <v>504545</v>
+        <v>650000</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v xml:space="preserve">پروفیل  40*80   3   6 متری   تهران </v>
+        <v xml:space="preserve">پروفیل  507  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B36" t="str">
-        <v>504545</v>
+        <v>650000</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v xml:space="preserve">پروفیل  چارچوب فرانسه   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  508  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B37" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
-        <v xml:space="preserve">پروفیل  20*20   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  509  ضخامت 2  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B38" t="str">
-        <v>513636</v>
+        <v>650000</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
-        <v xml:space="preserve">پروفیل  25*25   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  40*40  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B39" t="str">
-        <v>513636</v>
+        <v>650000</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v xml:space="preserve">پروفیل  30*20   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  30*50  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B40" t="str">
-        <v>513636</v>
+        <v>650000</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v xml:space="preserve">پروفیل  20*40   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  50*50  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B41" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v xml:space="preserve">پروفیل  30*30   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  30*60  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B42" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
-        <v xml:space="preserve">پروفیل  40*40   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  60*60  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B43" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
-        <v xml:space="preserve">پروفیل  30*50   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  70*70  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B44" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
-        <v xml:space="preserve">پروفیل  30*60   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  40*80  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B45" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v xml:space="preserve">پروفیل  60*60   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  80*80  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B46" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v xml:space="preserve">پروفیل  70*70   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  90*90  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B47" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v xml:space="preserve">پروفیل  80*40   2   شاخه 6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  100*100  ضخامت 2.5  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B48" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v xml:space="preserve">پروفیل  90*90   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  50*50  ضخامت 3  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B49" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
-        <v xml:space="preserve">پروفیل  100*40   2   6 متری   اطلس فولاد مازندران </v>
+        <v xml:space="preserve">پروفیل  60*60  ضخامت 3  میل تهران  شاخه 6 متری     </v>
       </c>
       <c r="B50" t="str">
-        <v>509091</v>
+        <v>650000</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/8/7</v>
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="str">
+        <v xml:space="preserve">پروفیل  70*70  ضخامت 3  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B51" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C51" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="str">
+        <v xml:space="preserve">پروفیل  80*80  ضخامت 3  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B52" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C52" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="str">
+        <v xml:space="preserve">پروفیل  90*90  ضخامت 3  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B53" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C53" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="str">
+        <v xml:space="preserve">پروفیل  100*100  ضخامت 3  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B54" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C54" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="str">
+        <v xml:space="preserve">پروفیل  120*120  ضخامت 3  میل تهران  شاخه 12 متری     </v>
+      </c>
+      <c r="B55" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C55" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="str">
+        <v xml:space="preserve">پروفیل  140*140  ضخامت 3  میل تهران  شاخه 12 متری     </v>
+      </c>
+      <c r="B56" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C56" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="str">
+        <v xml:space="preserve">پروفیل  100*60  ضخامت 4  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B57" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C57" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="str">
+        <v xml:space="preserve">پروفیل  60*60  ضخامت 4  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B58" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C58" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="str">
+        <v xml:space="preserve">پروفیل  70*70  ضخامت 4  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B59" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C59" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="str">
+        <v xml:space="preserve">پروفیل  40*80  ضخامت 4  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B60" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C60" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="str">
+        <v xml:space="preserve">پروفیل  60*80  ضخامت 4  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B61" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C61" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="str">
+        <v xml:space="preserve">پروفیل  90*90  ضخامت 4  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B62" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C62" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="str">
+        <v xml:space="preserve">پروفیل  50*100  ضخامت 4  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B63" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C63" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="str">
+        <v xml:space="preserve">پروفیل  120*120  ضخامت 4  میل تهران  شاخه 12 متری     </v>
+      </c>
+      <c r="B64" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C64" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="str">
+        <v xml:space="preserve">پروفیل  140*140  ضخامت 4  میل تهران  شاخه 12 متری     </v>
+      </c>
+      <c r="B65" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C65" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="str">
+        <v xml:space="preserve">پروفیل  40*40  ضخامت 3  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B66" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C66" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="str">
+        <v xml:space="preserve">پروفیل  40*80  ضخامت 3  میل تهران  شاخه 6 متری     </v>
+      </c>
+      <c r="B67" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C67" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="str">
+        <v xml:space="preserve">پروفیل  چارچوب فرانسه  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B68" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C68" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="str">
+        <v xml:space="preserve">پروفیل  20*20  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B69" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C69" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="str">
+        <v xml:space="preserve">پروفیل  30*20  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B70" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C70" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="str">
+        <v xml:space="preserve">پروفیل  25*25  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B71" t="str">
+        <v>654545</v>
+      </c>
+      <c r="C71" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="str">
+        <v xml:space="preserve">پروفیل  30*30  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B72" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C72" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="str">
+        <v xml:space="preserve">پروفیل  20*40  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B73" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C73" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="str">
+        <v xml:space="preserve">پروفیل  40*40  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B74" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C74" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="str">
+        <v xml:space="preserve">پروفیل  30*50  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B75" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C75" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="str">
+        <v xml:space="preserve">پروفیل  30*60  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B76" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C76" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="str">
+        <v xml:space="preserve">پروفیل  60*60  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B77" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C77" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="str">
+        <v xml:space="preserve">پروفیل  70*70  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B78" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C78" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="str">
+        <v xml:space="preserve">پروفیل  80*40  ضخامت 2  میل اطلس فولاد مازندران  شاخه شاخه 6 متری     </v>
+      </c>
+      <c r="B79" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C79" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="str">
+        <v xml:space="preserve">پروفیل  90*90  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B80" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C80" t="str">
+        <v>1404/9/22</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="str">
+        <v xml:space="preserve">پروفیل  100*40  ضخامت 2  میل اطلس فولاد مازندران  شاخه 6 متری     </v>
+      </c>
+      <c r="B81" t="str">
+        <v>650000</v>
+      </c>
+      <c r="C81" t="str">
+        <v>1404/9/22</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C50"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C81"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 