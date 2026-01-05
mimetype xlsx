--- v0 (2025-10-06)
+++ v1 (2026-01-05)
@@ -387,888 +387,943 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C75"/>
+  <dimension ref="A1:C80"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
-    <col min="1" max="1" customWidth="1" width="61"/>
+    <col min="1" max="1" customWidth="1" width="63"/>
     <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">نبشی  7  * 70*70  آریان فولاد  6 متری  کارخانه  </v>
       </c>
       <c r="B2" t="str">
-        <v>411364</v>
+        <v>488182</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v xml:space="preserve">نبشی  3*40*40 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B3" t="str">
-        <v>422727</v>
+        <v>495455</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 آریان فولاد  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  4*50*50 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B4" t="str">
-        <v>418182</v>
+        <v>487273</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*50*50 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B5" t="str">
-        <v>409091</v>
+        <v>487273</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 آریان فولاد  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  6*60*60 آریان فولاد  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B6" t="str">
-        <v>418182</v>
+        <v>497018</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*60*60 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B7" t="str">
-        <v>409091</v>
+        <v>487273</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 آریان فولاد  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  8*80*80 آریان فولاد  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B8" t="str">
-        <v>418182</v>
+        <v>497018</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B9" t="str">
-        <v>409091</v>
+        <v>469091</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 آریان فولاد  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  10*100*100 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B10" t="str">
-        <v>418182</v>
+        <v>500000</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  12*120*120 آریان فولاد  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B11" t="str">
-        <v>409091</v>
+        <v>514636</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 شکفته  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  12*120*120 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B12" t="str">
-        <v>425455</v>
+        <v>504545</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 شکفته  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  3*30*30 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B13" t="str">
-        <v>434545</v>
+        <v>484545</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 شکفته  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*30*30 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B14" t="str">
-        <v>420000</v>
+        <v>500909</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 شکفته  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  4*40*40 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B15" t="str">
-        <v>429091</v>
+        <v>486364</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 شکفته  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B16" t="str">
-        <v>418182</v>
+        <v>500909</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 شکفته  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  5*50*50 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B17" t="str">
-        <v>426364</v>
+        <v>481818</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 شکفته  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*50*50 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B18" t="str">
-        <v>418182</v>
+        <v>500000</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">نبشی  6*60*60 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B19" t="str">
-        <v>426364</v>
+        <v>500909</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v xml:space="preserve">نبشی  3*40*40 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B20" t="str">
-        <v>422727</v>
+        <v>481818</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v xml:space="preserve">نبشی  3*50*50 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B21" t="str">
-        <v>422727</v>
+        <v>496364</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v xml:space="preserve">نبشی  3*60*60 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  10*100*100 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B22" t="str">
-        <v>424545</v>
+        <v>511818</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*40*40 ناب تبریز  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B23" t="str">
-        <v>419091</v>
+        <v>504545</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v xml:space="preserve">نبشی  4*45*45 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*40*40 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B24" t="str">
-        <v>431818</v>
+        <v>488182</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v xml:space="preserve">نبشی  4*50*50 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*50*50 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B25" t="str">
-        <v>420000</v>
+        <v>488182</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v xml:space="preserve">نبشی  4*70*70 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B26" t="str">
-        <v>424545</v>
+        <v>486364</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*50*50 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B27" t="str">
-        <v>419091</v>
+        <v>487273</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v xml:space="preserve">نبشی  5*60*60 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*60*60 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B28" t="str">
-        <v>420000</v>
+        <v>486364</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v xml:space="preserve">نبشی  5*70*70 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*50*50 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B29" t="str">
-        <v>423636</v>
+        <v>486364</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*60*60 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B30" t="str">
-        <v>419091</v>
+        <v>487273</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v xml:space="preserve">نبشی  6*70*70 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*70*70 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B31" t="str">
-        <v>422727</v>
+        <v>487273</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v xml:space="preserve">نبشی  6*70*70 ناب تبریز  12 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*60*60 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B32" t="str">
-        <v>436364</v>
+        <v>486364</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v xml:space="preserve">نبشی  6*80*80 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*70*70 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B33" t="str">
-        <v>420000</v>
+        <v>486364</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v xml:space="preserve">نبشی  6*80*80 ناب تبریز  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B34" t="str">
-        <v>429136</v>
+        <v>516409</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v xml:space="preserve">نبشی  7*70*70 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*80*80 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B35" t="str">
-        <v>420000</v>
+        <v>487273</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v xml:space="preserve">نبشی  7*70*70 ناب تبریز  12 متری   کارخانه           </v>
       </c>
       <c r="B36" t="str">
-        <v>433636</v>
+        <v>499091</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v xml:space="preserve">نبشی  7*80*80 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  7*70*70 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B37" t="str">
-        <v>419091</v>
+        <v>485455</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v xml:space="preserve">نبشی  7*80*80 ناب تبریز  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B38" t="str">
-        <v>428182</v>
+        <v>507273</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  12 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  7*80*80 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B39" t="str">
-        <v>440909</v>
+        <v>486364</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*100*100 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B40" t="str">
-        <v>418182</v>
+        <v>488182</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  12 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  12 متری   بنگاه تهران           </v>
       </c>
       <c r="B41" t="str">
-        <v>431818</v>
+        <v>518182</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 اسپیرال  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  12 متری   کارخانه           </v>
       </c>
       <c r="B42" t="str">
-        <v>445909</v>
+        <v>503636</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
-        <v xml:space="preserve">نبشی  3*40*40 اسپیرال  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B43" t="str">
-        <v>436889</v>
+        <v>485455</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 اسپیرال  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  10*100*100 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B44" t="str">
-        <v>429714</v>
+        <v>486364</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*30*30 اسپیرال  6 متری   کارخانه           </v>
       </c>
       <c r="B45" t="str">
-        <v>432755</v>
+        <v>510000</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  3*40*40 اسپیرال  6 متری   کارخانه           </v>
       </c>
       <c r="B46" t="str">
-        <v>436445</v>
+        <v>497798</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  4*40*40 اسپیرال  6 متری   کارخانه           </v>
       </c>
       <c r="B47" t="str">
-        <v>436445</v>
+        <v>491532</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*30*30 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B48" t="str">
-        <v>434627</v>
+        <v>505482</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  3*30*30 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B49" t="str">
-        <v>434609</v>
+        <v>509173</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B50" t="str">
-        <v>434609</v>
+        <v>504627</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B51" t="str">
-        <v>541827</v>
+        <v>500000</v>
       </c>
       <c r="C51" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  5*50*50 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B52" t="str">
-        <v>440064</v>
+        <v>502791</v>
       </c>
       <c r="C52" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  5*50*50 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B53" t="str">
-        <v>449100</v>
+        <v>490909</v>
       </c>
       <c r="C53" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*60*60 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B54" t="str">
-        <v>434609</v>
+        <v>497282</v>
       </c>
       <c r="C54" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
-        <v xml:space="preserve">نبشی  4  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  6*60*60 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B55" t="str">
-        <v>430909</v>
+        <v>497336</v>
       </c>
       <c r="C55" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
-        <v xml:space="preserve">نبشی  2.5  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  8*80*80 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B56" t="str">
-        <v>430909</v>
+        <v>510918</v>
       </c>
       <c r="C56" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
-        <v xml:space="preserve">نبشی  3  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  8*80*80 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B57" t="str">
-        <v>430909</v>
+        <v>490909</v>
       </c>
       <c r="C57" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
-        <v xml:space="preserve">نبشی  3  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  4  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
       </c>
       <c r="B58" t="str">
-        <v>431818</v>
+        <v>460000</v>
       </c>
       <c r="C58" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
-        <v xml:space="preserve">نبشی  4  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  2/5  * 30*30  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
       </c>
       <c r="B59" t="str">
-        <v>422727</v>
+        <v>510000</v>
       </c>
       <c r="C59" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v xml:space="preserve">نبشی  5  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  3  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
       </c>
       <c r="B60" t="str">
-        <v>422727</v>
+        <v>500000</v>
       </c>
       <c r="C60" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
-        <v xml:space="preserve">نبشی  5  * 50*50  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  2.5  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
       </c>
       <c r="B61" t="str">
-        <v>422727</v>
+        <v>500000</v>
       </c>
       <c r="C61" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
-        <v xml:space="preserve">نبشی  4  * 40*40  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  3  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
       </c>
       <c r="B62" t="str">
-        <v>422727</v>
+        <v>500000</v>
       </c>
       <c r="C62" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
-        <v xml:space="preserve">نبشی  3*40*40 فولاد جاوید بناب  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
       </c>
       <c r="B63" t="str">
-        <v>422727</v>
+        <v>490909</v>
       </c>
       <c r="C63" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
-        <v xml:space="preserve">نبشی  4*50*50 فولاد جاوید بناب  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
       </c>
       <c r="B64" t="str">
-        <v>422727</v>
+        <v>490909</v>
       </c>
       <c r="C64" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
-        <v xml:space="preserve">نبشی  6  * 60*60  زنجان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  5  * 50*50  فولاد جاوید بناب  6 متری  کارخانه  </v>
       </c>
       <c r="B65" t="str">
-        <v>421818</v>
+        <v>490909</v>
       </c>
       <c r="C65" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
-        <v xml:space="preserve">نبشی  4  * 50*50  زنجان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  4  * 40*40  فولاد جاوید بناب  6 متری  کارخانه  </v>
       </c>
       <c r="B66" t="str">
-        <v>422727</v>
+        <v>490909</v>
       </c>
       <c r="C66" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
-        <v xml:space="preserve">نبشی  5  * 50*50  زنجان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  3*40*40 فولاد جاوید بناب  6 متری   کارخانه           </v>
       </c>
       <c r="B67" t="str">
-        <v>431818</v>
+        <v>490909</v>
       </c>
       <c r="C67" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 زنجان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  4*50*50 فولاد جاوید بناب  6 متری   کارخانه           </v>
       </c>
       <c r="B68" t="str">
-        <v>418182</v>
+        <v>490909</v>
       </c>
       <c r="C68" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 زنجان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  3*30*30 نستا  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B69" t="str">
-        <v>421818</v>
+        <v>536364</v>
       </c>
       <c r="C69" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
-        <v xml:space="preserve">نبشی  10  * 100*100  اشتهارد  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  4*40*40 نستا  6متری سبک   بنگاه تهران           </v>
       </c>
       <c r="B70" t="str">
-        <v>418182</v>
+        <v>527273</v>
       </c>
       <c r="C70" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
-        <v xml:space="preserve">نبشی  7  * 10  اشتهارد  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  6  * 60*60  زنجان  6 متری  کارخانه  </v>
       </c>
       <c r="B71" t="str">
-        <v>430909</v>
+        <v>491818</v>
       </c>
       <c r="C71" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
-        <v xml:space="preserve">نبشی  8  * 10  اشتهارد  12 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  4  * 50*50  زنجان  6 متری  کارخانه  </v>
       </c>
       <c r="B72" t="str">
-        <v>430909</v>
+        <v>492727</v>
       </c>
       <c r="C72" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
-        <v xml:space="preserve">نبشی  9  * 10  اشتهارد  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  5  * 50*50  زنجان  6 متری  کارخانه  </v>
       </c>
       <c r="B73" t="str">
-        <v>418182</v>
+        <v>501818</v>
       </c>
       <c r="C73" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
-        <v xml:space="preserve">نبشی  9  * 10  اشتهارد  12 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  5*50*50 زنجان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B74" t="str">
-        <v>419091</v>
+        <v>488182</v>
       </c>
       <c r="C74" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
-        <v xml:space="preserve">نبشی  8  * 80*80  اشتهارد  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  6*60*60 زنجان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B75" t="str">
-        <v>418182</v>
+        <v>495636</v>
       </c>
       <c r="C75" t="str">
-        <v>1404/7/14</v>
+        <v>1404/10/15</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="str">
+        <v xml:space="preserve">نبشی  10  * 100*100  اشتهارد  6 متری  بنگاه تهران  </v>
+      </c>
+      <c r="B76" t="str">
+        <v>500693</v>
+      </c>
+      <c r="C76" t="str">
+        <v>1404/10/15</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="str">
+        <v xml:space="preserve">نبشی  9  * 10  اشتهارد  12 متری  کارخانه  </v>
+      </c>
+      <c r="B77" t="str">
+        <v>482474</v>
+      </c>
+      <c r="C77" t="str">
+        <v>1404/10/15</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="str">
+        <v xml:space="preserve">نبشی  7  * 10  اشتهارد  6 متری  کارخانه  </v>
+      </c>
+      <c r="B78" t="str">
+        <v>482168</v>
+      </c>
+      <c r="C78" t="str">
+        <v>1404/10/15</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="str">
+        <v xml:space="preserve">نبشی  9  * 10  اشتهارد  6 متری  کارخانه  </v>
+      </c>
+      <c r="B79" t="str">
+        <v>476020</v>
+      </c>
+      <c r="C79" t="str">
+        <v>1404/10/15</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="str">
+        <v xml:space="preserve">نبشی  10  * 100*100  اشتهارد  6 متری  کارخانه  </v>
+      </c>
+      <c r="B80" t="str">
+        <v>475101</v>
+      </c>
+      <c r="C80" t="str">
+        <v>1404/10/15</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C75"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C80"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 