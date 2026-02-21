--- v1 (2026-01-05)
+++ v2 (2026-02-21)
@@ -387,943 +387,910 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C80"/>
+  <dimension ref="A1:C77"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="63"/>
     <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="12"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">نبشی  7  * 70*70  آریان فولاد  6 متری  کارخانه  </v>
       </c>
       <c r="B2" t="str">
-        <v>488182</v>
+        <v>532727</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*40*40 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B3" t="str">
-        <v>495455</v>
+        <v>537272</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v xml:space="preserve">نبشی  4*50*50 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 آریان فولاد  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B4" t="str">
-        <v>487273</v>
+        <v>569227</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B5" t="str">
-        <v>487273</v>
+        <v>532727</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 آریان فولاد  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  4*50*50 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B6" t="str">
-        <v>497018</v>
+        <v>532727</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*50*50 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B7" t="str">
-        <v>487273</v>
+        <v>532727</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 آریان فولاد  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  6*60*60 آریان فولاد  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B8" t="str">
-        <v>497018</v>
+        <v>561533</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*60*60 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B9" t="str">
-        <v>469091</v>
+        <v>532727</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v xml:space="preserve">نبشی  10*100*100 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 آریان فولاد  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B10" t="str">
-        <v>500000</v>
+        <v>561533</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v xml:space="preserve">نبشی  12*120*120 آریان فولاد  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  8*80*80 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B11" t="str">
-        <v>514636</v>
+        <v>532727</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v xml:space="preserve">نبشی  12*120*120 آریان فولاد  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  10*100*100 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B12" t="str">
-        <v>504545</v>
+        <v>541818</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 شکفته  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  12*120*120 آریان فولاد  6 متری   کارخانه           </v>
       </c>
       <c r="B13" t="str">
-        <v>484545</v>
+        <v>546363</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 شکفته  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  12*120*120 آریان فولاد  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B14" t="str">
-        <v>500909</v>
+        <v>579328</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 شکفته  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B15" t="str">
-        <v>486364</v>
+        <v>560909</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 شکفته  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  4*40*40 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B16" t="str">
-        <v>500909</v>
+        <v>541818</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">نبشی  5*50*50 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B17" t="str">
-        <v>481818</v>
+        <v>532727</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 شکفته  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  6*60*60 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B18" t="str">
-        <v>500000</v>
+        <v>532727</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 شکفته  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  8*80*80 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B19" t="str">
-        <v>500909</v>
+        <v>532727</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 شکفته  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B20" t="str">
-        <v>481818</v>
+        <v>570909</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 شکفته  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  10*100*100 شکفته  6 متری   کارخانه           </v>
       </c>
       <c r="B21" t="str">
-        <v>496364</v>
+        <v>533290</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v xml:space="preserve">نبشی  10*100*100 شکفته  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B22" t="str">
-        <v>511818</v>
+        <v>577473</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v xml:space="preserve">نبشی  3*40*40 ناب تبریز  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  3*40*40 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B23" t="str">
-        <v>504545</v>
+        <v>543272</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v xml:space="preserve">نبشی  3*40*40 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*40*40 ناب تبریز  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B24" t="str">
-        <v>488182</v>
+        <v>569136</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v xml:space="preserve">نبشی  3*50*50 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B25" t="str">
-        <v>488182</v>
+        <v>544181</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*60*60 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B26" t="str">
-        <v>486364</v>
+        <v>550909</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v xml:space="preserve">نبشی  4*50*50 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B27" t="str">
-        <v>487273</v>
+        <v>542354</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v xml:space="preserve">نبشی  4*60*60 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*50*50 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B28" t="str">
-        <v>486364</v>
+        <v>542772</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*60*60 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B29" t="str">
-        <v>486364</v>
+        <v>543636</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v xml:space="preserve">نبشی  5*60*60 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*70*70 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B30" t="str">
-        <v>487273</v>
+        <v>550000</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v xml:space="preserve">نبشی  5*70*70 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*50*50 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B31" t="str">
-        <v>487273</v>
+        <v>541990</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*60*60 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B32" t="str">
-        <v>486364</v>
+        <v>542727</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v xml:space="preserve">نبشی  6*70*70 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  5*70*70 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B33" t="str">
-        <v>486364</v>
+        <v>544172</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v xml:space="preserve">نبشی  6*80*80 ناب تبریز  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  5*70*70 ناب تبریز  12 متری   کارخانه           </v>
       </c>
       <c r="B34" t="str">
-        <v>516409</v>
+        <v>557272</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v xml:space="preserve">نبشی  6*80*80 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*60*60 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B35" t="str">
-        <v>487273</v>
+        <v>541818</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v xml:space="preserve">نبشی  7*70*70 ناب تبریز  12 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*70*70 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B36" t="str">
-        <v>499091</v>
+        <v>543254</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v xml:space="preserve">نبشی  7*70*70 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*70*70 ناب تبریز  12 متری   کارخانه           </v>
       </c>
       <c r="B37" t="str">
-        <v>485455</v>
+        <v>556363</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
-        <v xml:space="preserve">نبشی  7*80*80 ناب تبریز  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  6*80*80 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B38" t="str">
-        <v>507273</v>
+        <v>543272</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
-        <v xml:space="preserve">نبشی  7*80*80 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*80*80 ناب تبریز  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B39" t="str">
-        <v>486364</v>
+        <v>581118</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v xml:space="preserve">نبشی  8*100*100 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  7*70*70 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B40" t="str">
-        <v>488182</v>
+        <v>541818</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  12 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  7*70*70 ناب تبریز  12 متری   کارخانه           </v>
       </c>
       <c r="B41" t="str">
-        <v>518182</v>
+        <v>541818</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  12 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  7*80*80 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B42" t="str">
-        <v>503636</v>
+        <v>542354</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  7*80*80 ناب تبریز  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B43" t="str">
-        <v>485455</v>
+        <v>571890</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
-        <v xml:space="preserve">نبشی  10*100*100 ناب تبریز  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*100*100 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B44" t="str">
-        <v>486364</v>
+        <v>542772</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 اسپیرال  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*100*100 ناب تبریز  12 متری   کارخانه           </v>
       </c>
       <c r="B45" t="str">
-        <v>510000</v>
+        <v>560909</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v xml:space="preserve">نبشی  3*40*40 اسپیرال  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  12 متری   کارخانه           </v>
       </c>
       <c r="B46" t="str">
-        <v>497798</v>
+        <v>559800</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 اسپیرال  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  8*80*80 ناب تبریز  12 متری   بنگاه تهران           </v>
       </c>
       <c r="B47" t="str">
-        <v>491532</v>
+        <v>582909</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  10*100*100 ناب تبریز  6 متری   کارخانه           </v>
       </c>
       <c r="B48" t="str">
-        <v>505482</v>
+        <v>542363</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  3*30*30 اسپیرال  6 متری   کارخانه           </v>
       </c>
       <c r="B49" t="str">
-        <v>509173</v>
+        <v>546363</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  4*40*40 اسپیرال  6 متری   کارخانه           </v>
       </c>
       <c r="B50" t="str">
-        <v>504627</v>
+        <v>529422</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*30*30 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B51" t="str">
-        <v>500000</v>
+        <v>567089</v>
       </c>
       <c r="C51" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  3*30*30 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B52" t="str">
-        <v>502791</v>
+        <v>570873</v>
       </c>
       <c r="C52" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B53" t="str">
-        <v>490909</v>
+        <v>566213</v>
       </c>
       <c r="C53" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B54" t="str">
-        <v>497282</v>
+        <v>561470</v>
       </c>
       <c r="C54" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  5*50*50 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B55" t="str">
-        <v>497336</v>
+        <v>564331</v>
       </c>
       <c r="C55" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ظهوریان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  5*50*50 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B56" t="str">
-        <v>510918</v>
+        <v>552150</v>
       </c>
       <c r="C56" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
-        <v xml:space="preserve">نبشی  8*80*80 ظهوریان  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  6*60*60 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B57" t="str">
-        <v>490909</v>
+        <v>558683</v>
       </c>
       <c r="C57" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
-        <v xml:space="preserve">نبشی  4  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  6*60*60 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B58" t="str">
-        <v>460000</v>
+        <v>558739</v>
       </c>
       <c r="C58" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
-        <v xml:space="preserve">نبشی  2/5  * 30*30  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  8*80*80 ظهوریان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B59" t="str">
-        <v>510000</v>
+        <v>572662</v>
       </c>
       <c r="C59" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v xml:space="preserve">نبشی  3  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  8*80*80 ظهوریان  6 متری   کارخانه           </v>
       </c>
       <c r="B60" t="str">
-        <v>500000</v>
+        <v>552150</v>
       </c>
       <c r="C60" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
-        <v xml:space="preserve">نبشی  2.5  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  4  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
       </c>
       <c r="B61" t="str">
-        <v>500000</v>
+        <v>545454</v>
       </c>
       <c r="C61" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
-        <v xml:space="preserve">نبشی  3  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  2/5  * 30*30  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
       </c>
       <c r="B62" t="str">
-        <v>500000</v>
+        <v>550000</v>
       </c>
       <c r="C62" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
-        <v xml:space="preserve">نبشی  4  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  2.5  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
       </c>
       <c r="B63" t="str">
-        <v>490909</v>
+        <v>546272</v>
       </c>
       <c r="C63" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
-        <v xml:space="preserve">نبشی  5  * 60*60  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  3  * 40*40  فولاد سپهر ایرانیان  6 متری  کارخانه  </v>
       </c>
       <c r="B64" t="str">
-        <v>490909</v>
+        <v>546272</v>
       </c>
       <c r="C64" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
-        <v xml:space="preserve">نبشی  5  * 50*50  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  3  * 40*40  نستا  6 متری  کارخانه  </v>
       </c>
       <c r="B65" t="str">
-        <v>490909</v>
+        <v>545454</v>
       </c>
       <c r="C65" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
-        <v xml:space="preserve">نبشی  4  * 40*40  فولاد جاوید بناب  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  3*30*30 نستا  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B66" t="str">
-        <v>490909</v>
+        <v>550818</v>
       </c>
       <c r="C66" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
-        <v xml:space="preserve">نبشی  3*40*40 فولاد جاوید بناب  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  3*40*40 نستا  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B67" t="str">
-        <v>490909</v>
+        <v>568181</v>
       </c>
       <c r="C67" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
-        <v xml:space="preserve">نبشی  4*50*50 فولاد جاوید بناب  6 متری   کارخانه           </v>
+        <v xml:space="preserve">نبشی  4*40*40 نستا  6متری سبک   بنگاه تهران           </v>
       </c>
       <c r="B68" t="str">
-        <v>490909</v>
+        <v>546181</v>
       </c>
       <c r="C68" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
-        <v xml:space="preserve">نبشی  3*30*30 نستا  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  6  * 60*60  زنجان  6 متری  کارخانه  </v>
       </c>
       <c r="B69" t="str">
-        <v>536364</v>
+        <v>542645</v>
       </c>
       <c r="C69" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
-        <v xml:space="preserve">نبشی  4*40*40 نستا  6متری سبک   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  4  * 50*50  زنجان  6 متری  کارخانه  </v>
       </c>
       <c r="B70" t="str">
-        <v>527273</v>
+        <v>543563</v>
       </c>
       <c r="C70" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
-        <v xml:space="preserve">نبشی  6  * 60*60  زنجان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  5  * 50*50  زنجان  6 متری  کارخانه  </v>
       </c>
       <c r="B71" t="str">
-        <v>491818</v>
+        <v>552745</v>
       </c>
       <c r="C71" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
-        <v xml:space="preserve">نبشی  4  * 50*50  زنجان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  5*50*50 زنجان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B72" t="str">
-        <v>492727</v>
+        <v>538972</v>
       </c>
       <c r="C72" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
-        <v xml:space="preserve">نبشی  5  * 50*50  زنجان  6 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  6*60*60 زنجان  6 متری   بنگاه تهران           </v>
       </c>
       <c r="B73" t="str">
-        <v>501818</v>
+        <v>546501</v>
       </c>
       <c r="C73" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
-        <v xml:space="preserve">نبشی  5*50*50 زنجان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  12  * 120*120  اشتهارد  6 متری  کارخانه  </v>
       </c>
       <c r="B74" t="str">
-        <v>488182</v>
+        <v>531818</v>
       </c>
       <c r="C74" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
-        <v xml:space="preserve">نبشی  6*60*60 زنجان  6 متری   بنگاه تهران           </v>
+        <v xml:space="preserve">نبشی  10  * 100*100  اشتهارد  6 متری  کارخانه  </v>
       </c>
       <c r="B75" t="str">
-        <v>495636</v>
+        <v>527306</v>
       </c>
       <c r="C75" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
-        <v xml:space="preserve">نبشی  10  * 100*100  اشتهارد  6 متری  بنگاه تهران  </v>
+        <v xml:space="preserve">نبشی  8  * 10  اشتهارد  12 متری  کارخانه  </v>
       </c>
       <c r="B76" t="str">
-        <v>500693</v>
+        <v>550000</v>
       </c>
       <c r="C76" t="str">
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
-        <v xml:space="preserve">نبشی  9  * 10  اشتهارد  12 متری  کارخانه  </v>
+        <v xml:space="preserve">نبشی  10  * 100*100  اشتهارد  6 متری  بنگاه تهران  </v>
       </c>
       <c r="B77" t="str">
-        <v>482474</v>
+        <v>572430</v>
       </c>
       <c r="C77" t="str">
-        <v>1404/10/15</v>
-[...32 lines deleted...]
-        <v>1404/10/15</v>
+        <v>1404/12/2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C80"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C77"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 