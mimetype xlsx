--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -387,96 +387,536 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C3"/>
+  <dimension ref="A1:C43"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
-    <col min="1" max="1" customWidth="1" width="65"/>
+    <col min="1" max="1" customWidth="1" width="69"/>
     <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="10"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v xml:space="preserve">ورق سیاه   30   اکسین اهواز  12000*2000        کارخانه   </v>
+        <v xml:space="preserve">ورق سیاه 2 فولاد مبارکه 1000*2000  برش خورده ST37 بنگاه تهران      </v>
       </c>
       <c r="B2" t="str">
-        <v>445455</v>
+        <v>605909</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/9</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v xml:space="preserve">ورق سیاه   45   اکسین اهواز  12000*2000    فابریک    کارخانه   </v>
+        <v xml:space="preserve">ورق سیاه 2 فولاد مبارکه 1250*2500  برش خورده ST37 بنگاه تهران      </v>
       </c>
       <c r="B3" t="str">
-        <v>486364</v>
+        <v>596818</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v xml:space="preserve">ورق سیاه 3 فولاد مبارکه 1000*2000  برش خورده ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B4" t="str">
+        <v>601364</v>
+      </c>
+      <c r="C4" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v xml:space="preserve">ورق سیاه 3 فولاد مبارکه 2500*1250  برش خورده ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B5" t="str">
+        <v>587727</v>
+      </c>
+      <c r="C5" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v xml:space="preserve">ورق سیاه 3 فولاد مبارکه 6000*1500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B6" t="str">
+        <v>587727</v>
+      </c>
+      <c r="C6" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v xml:space="preserve">ورق سیاه 4 فولاد مبارکه 1000*2000  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B7" t="str">
+        <v>601364</v>
+      </c>
+      <c r="C7" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v xml:space="preserve">ورق سیاه 4 فولاد مبارکه 1250*2500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B8" t="str">
+        <v>583182</v>
+      </c>
+      <c r="C8" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v xml:space="preserve">ورق سیاه 4 فولاد مبارکه 6000*1500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B9" t="str">
+        <v>587727</v>
+      </c>
+      <c r="C9" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v xml:space="preserve">ورق سیاه 5 فولاد مبارکه 6000*1500  فابريك ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B10" t="str">
+        <v>564545</v>
+      </c>
+      <c r="C10" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v xml:space="preserve">ورق سیاه 5 فولاد مبارکه 6000*1500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B11" t="str">
+        <v>555455</v>
+      </c>
+      <c r="C11" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v xml:space="preserve">ورق سیاه   6   قطعات  6000*1200        بنگاه تهران   </v>
+      </c>
+      <c r="B12" t="str">
+        <v>514091</v>
+      </c>
+      <c r="C12" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v xml:space="preserve">ورق سیاه 6 فولاد مبارکه 6000*1500  فابريك ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B13" t="str">
+        <v>564545</v>
+      </c>
+      <c r="C13" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v xml:space="preserve">ورق سیاه 6 فولاد مبارکه 6000*1500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B14" t="str">
+        <v>555455</v>
+      </c>
+      <c r="C14" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v xml:space="preserve">ورق سیاه   8   قطعات  6000*1200    6 متری    بنگاه تهران   </v>
+      </c>
+      <c r="B15" t="str">
+        <v>514091</v>
+      </c>
+      <c r="C15" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v xml:space="preserve">ورق سیاه 8 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B16" t="str">
+        <v>504553</v>
+      </c>
+      <c r="C16" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v xml:space="preserve">ورق سیاه 8 فولاد مبارکه 6000*1500  فابريك ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B17" t="str">
+        <v>564545</v>
+      </c>
+      <c r="C17" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v xml:space="preserve">ورق سیاه 8 فولاد مبارکه 6000*1500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B18" t="str">
+        <v>555455</v>
+      </c>
+      <c r="C18" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v xml:space="preserve">ورق سیاه 10 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B19" t="str">
+        <v>463642</v>
+      </c>
+      <c r="C19" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v xml:space="preserve">ورق سیاه 10 کاویان 6000*1500  فابريك  کارخانه      </v>
+      </c>
+      <c r="B20" t="str">
+        <v>504551</v>
+      </c>
+      <c r="C20" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v xml:space="preserve">ورق سیاه 10 فولاد مبارکه 6000*1500  فابريك ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B21" t="str">
+        <v>564545</v>
+      </c>
+      <c r="C21" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v xml:space="preserve">ورق سیاه 10 فولاد مبارکه 6000*1500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B22" t="str">
+        <v>555455</v>
+      </c>
+      <c r="C22" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v xml:space="preserve">ورق سیاه 10 قطعات 6000*1200  شیت ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B23" t="str">
+        <v>491364</v>
+      </c>
+      <c r="C23" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v xml:space="preserve">ورق سیاه 12 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B24" t="str">
+        <v>463642</v>
+      </c>
+      <c r="C24" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v xml:space="preserve">ورق سیاه 12 کاویان 6000*1500  فابريك  کارخانه      </v>
+      </c>
+      <c r="B25" t="str">
+        <v>495455</v>
+      </c>
+      <c r="C25" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v xml:space="preserve">ورق سیاه 12 فولاد مبارکه 6000*1500  فابريك ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B26" t="str">
+        <v>564545</v>
+      </c>
+      <c r="C26" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v xml:space="preserve">ورق سیاه 12 فولاد مبارکه 6000*1500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B27" t="str">
+        <v>555455</v>
+      </c>
+      <c r="C27" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v xml:space="preserve">ورق سیاه 12 قطعات 6000*1200  شیت ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B28" t="str">
+        <v>491364</v>
+      </c>
+      <c r="C28" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v xml:space="preserve">ورق سیاه 15 فولاد مبارکه 6000*1500  فابريك ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B29" t="str">
+        <v>564545</v>
+      </c>
+      <c r="C29" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v xml:space="preserve">ورق سیاه 15 فولاد مبارکه 6000*1500  برش خورده  بنگاه تهران      </v>
+      </c>
+      <c r="B30" t="str">
+        <v>555455</v>
+      </c>
+      <c r="C30" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v xml:space="preserve">ورق سیاه 15 قطعات 6000*1200  شیت ST37 بنگاه تهران      </v>
+      </c>
+      <c r="B31" t="str">
+        <v>491364</v>
+      </c>
+      <c r="C31" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v xml:space="preserve">ورق سیاه 15 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B32" t="str">
+        <v>463636</v>
+      </c>
+      <c r="C32" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v xml:space="preserve">ورق سیاه 15 کاویان 6000*1500  فابريك  کارخانه      </v>
+      </c>
+      <c r="B33" t="str">
+        <v>477277</v>
+      </c>
+      <c r="C33" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v xml:space="preserve">ورق سیاه 20 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B34" t="str">
+        <v>463636</v>
+      </c>
+      <c r="C34" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v xml:space="preserve">ورق سیاه 20 کاویان 6000*1500  فابريك  کارخانه      </v>
+      </c>
+      <c r="B35" t="str">
+        <v>472732</v>
+      </c>
+      <c r="C35" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v xml:space="preserve">ورق سیاه 25 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B36" t="str">
+        <v>463636</v>
+      </c>
+      <c r="C36" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v xml:space="preserve">ورق سیاه 25 کاویان 6000*1500  فابريك  کارخانه      </v>
+      </c>
+      <c r="B37" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C37" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v xml:space="preserve">ورق سیاه 30 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B38" t="str">
+        <v>463636</v>
+      </c>
+      <c r="C38" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v xml:space="preserve">ورق سیاه 30 کاویان 6000*1500  فابريك  کارخانه      </v>
+      </c>
+      <c r="B39" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C39" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v xml:space="preserve">ورق سیاه 35 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B40" t="str">
+        <v>463636</v>
+      </c>
+      <c r="C40" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v xml:space="preserve">ورق سیاه 35 کاویان 6000*1500  فابريك  کارخانه      </v>
+      </c>
+      <c r="B41" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C41" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="str">
+        <v xml:space="preserve">ورق سیاه 40 کاویان 6000*1250  فابريك  کارخانه      </v>
+      </c>
+      <c r="B42" t="str">
+        <v>463636</v>
+      </c>
+      <c r="C42" t="str">
+        <v>1404/9/9</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="str">
+        <v xml:space="preserve">ورق سیاه 40 کاویان 6000*1500  فابريك  کارخانه      </v>
+      </c>
+      <c r="B43" t="str">
+        <v>472727</v>
+      </c>
+      <c r="C43" t="str">
+        <v>1404/9/9</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C3"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C43"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 