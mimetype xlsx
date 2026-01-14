--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -387,536 +387,57 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C43"/>
+  <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <cols>
-[...478 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C43"/>
+    <ignoredError numberStoredAsText="1" sqref="A1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 