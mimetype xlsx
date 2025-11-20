--- v0 (2025-10-04)
+++ v1 (2025-11-20)
@@ -416,62 +416,62 @@
   <cols>
     <col min="1" max="1" customWidth="1" width="23"/>
     <col min="2" max="2" customWidth="1" width="8"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>زیگزاگ 6 میل 55 سانتی</v>
       </c>
       <c r="B2" t="str">
         <v>372727</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>زیگزاگ 8 میل 55 سانتی</v>
       </c>
       <c r="B3" t="str">
         <v>409091</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/29</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C3"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>