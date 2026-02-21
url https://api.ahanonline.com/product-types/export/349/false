--- v1 (2025-11-22)
+++ v2 (2026-02-21)
@@ -387,57 +387,239 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1"/>
+  <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <sheetData/>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="71"/>
+    <col min="2" max="2" customWidth="1" width="9"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>نام</v>
+      </c>
+      <c r="B1" t="str">
+        <v>قیمت</v>
+      </c>
+      <c r="C1" t="str">
+        <v>تاریخ اخرین قیمت</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v xml:space="preserve">ورق رنگی 0.5 فولاد مبارکه 1250 سفید یخچالی رول  بنگاه تهران      </v>
+      </c>
+      <c r="B2" t="str">
+        <v>1115454</v>
+      </c>
+      <c r="C2" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v xml:space="preserve">ورق رنگی 0.5 فولاد مبارکه 1250 آبی رول  بنگاه تهران      </v>
+      </c>
+      <c r="B3" t="str">
+        <v>1115454</v>
+      </c>
+      <c r="C3" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v xml:space="preserve">ورق رنگی 0.5 فولاد مبارکه 1250 قهوه ای سوخته رول  بنگاه تهران      </v>
+      </c>
+      <c r="B4" t="str">
+        <v>1140000</v>
+      </c>
+      <c r="C4" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v xml:space="preserve">ورق رنگی 0.5 فولاد مبارکه 1250 نارنجی رول  بنگاه تهران      </v>
+      </c>
+      <c r="B5" t="str">
+        <v>1117272</v>
+      </c>
+      <c r="C5" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v xml:space="preserve">ورق رنگی 0.5 فولاد مبارکه 1250 قرمز رول  بنگاه تهران      </v>
+      </c>
+      <c r="B6" t="str">
+        <v>1115454</v>
+      </c>
+      <c r="C6" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v xml:space="preserve">ورق رنگی 0.6 فولاد مبارکه 1250 سفید یخچالی رول  بنگاه تهران      </v>
+      </c>
+      <c r="B7" t="str">
+        <v>1110181</v>
+      </c>
+      <c r="C7" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v xml:space="preserve">ورق رنگی 0.48 چین 1250 نارنجی رول  بنگاه تهران      </v>
+      </c>
+      <c r="B8" t="str">
+        <v>1082636</v>
+      </c>
+      <c r="C8" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v xml:space="preserve">ورق رنگی 0.48 چین 1250 قهوه ای سوخته رول  بنگاه تهران      </v>
+      </c>
+      <c r="B9" t="str">
+        <v>1080727</v>
+      </c>
+      <c r="C9" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>ورق رنگی 0.48 چین سفید یخچالی 1250 رول  بنگاه تهران</v>
+      </c>
+      <c r="B10" t="str">
+        <v>1081818</v>
+      </c>
+      <c r="C10" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>ورق رنگی 0.48 چین 1250 قرمز  رول  بنگاه تهران</v>
+      </c>
+      <c r="B11" t="str">
+        <v>1081818</v>
+      </c>
+      <c r="C11" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v xml:space="preserve">ورق رنگی 0.48 چین 1250 آبی رول  بنگاه تهران      </v>
+      </c>
+      <c r="B12" t="str">
+        <v>1080636</v>
+      </c>
+      <c r="C12" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v xml:space="preserve">ورق رنگی   0.48   هفت الماس  1250  قرمز  شیت    بنگاه تهران   </v>
+      </c>
+      <c r="B13" t="str">
+        <v>1091818</v>
+      </c>
+      <c r="C13" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v xml:space="preserve">ورق رنگی   0.48   هفت الماس  1250  نارنجی  شیت    بنگاه تهران   </v>
+      </c>
+      <c r="B14" t="str">
+        <v>1091818</v>
+      </c>
+      <c r="C14" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v xml:space="preserve">ورق رنگی   0.48   هفت الماس  1250  آبی  شیت    بنگاه تهران   </v>
+      </c>
+      <c r="B15" t="str">
+        <v>1082727</v>
+      </c>
+      <c r="C15" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v xml:space="preserve">ورق رنگی   0.48   هفت الماس  1250  سفید یخچالی  شیت    بنگاه تهران   </v>
+      </c>
+      <c r="B16" t="str">
+        <v>1089090</v>
+      </c>
+      <c r="C16" t="str">
+        <v>1404/12/2</v>
+      </c>
+    </row>
+  </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 