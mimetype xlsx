--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -413,659 +413,659 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="52"/>
     <col min="2" max="2" customWidth="1" width="8"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  10*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B2" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>پروفیل 0.7*25*10 شاخه 6 متری</v>
       </c>
       <c r="B3" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  20*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B4" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  20*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B5" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  30*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B6" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  40*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B7" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  40*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B8" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B9" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B10" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B11" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  80*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B12" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>پروفیل  0.9*10*20 شاخه 6 متری</v>
       </c>
       <c r="B13" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>پروفیل0.9*20*20 شاخه 6 متری</v>
       </c>
       <c r="B14" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  20*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B15" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  30*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B16" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  40*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B17" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  40*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B18" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B19" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B20" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B21" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  80*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B22" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>پروفیل 1*10*20 شاخه 6 متری</v>
       </c>
       <c r="B23" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>پروفیل 1*20*20 شاخه 6 متری</v>
       </c>
       <c r="B24" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>پروفیل 1*20*30 شاخه 6 متری</v>
       </c>
       <c r="B25" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>پروفیل 1*30*30 شاخه 6 متری</v>
       </c>
       <c r="B26" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>پروفیل 1*20*40 شاخه 6 متری</v>
       </c>
       <c r="B27" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>پروفیل 1*40*40 شاخه 6 متری</v>
       </c>
       <c r="B28" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v xml:space="preserve">پروفیل مبلی 1  40*80   تهران    6 متری کارخانه </v>
       </c>
       <c r="B29" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v xml:space="preserve">پروفیل مبلی 1  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B30" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>پروفیل 1*50*50 شاخه6 متری</v>
       </c>
       <c r="B31" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v xml:space="preserve">پروفیل مبلی 1  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B32" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v xml:space="preserve">پروفیل مبلی 1  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B33" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  10*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B34" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  20*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B35" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>پروفیل1.25*20*30 شاخه 6 متری</v>
       </c>
       <c r="B36" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>پروفیل 1.25*30*30 شاخه 6 متری</v>
       </c>
       <c r="B37" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  40*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B38" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  40*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B39" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B40" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B41" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B42" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>پروفیل 1.25*40*80 شاخه 6 متری</v>
       </c>
       <c r="B43" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>پروفیل 1.5*10*10 شاخه 6 متری</v>
       </c>
       <c r="B44" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>پروفیل 1.5*10*20 شاخه 6 متری</v>
       </c>
       <c r="B45" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>پروفیل 1.5*25*10 شاخه 6 متری</v>
       </c>
       <c r="B46" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>پروفیل1.5*20*20 شاخه 6 متری</v>
       </c>
       <c r="B47" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>پروفیل 1.5 * 20*30   شاخه 6 متری</v>
       </c>
       <c r="B48" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>پروفیل 1.5 * 25*25  شاخه 6 متری</v>
       </c>
       <c r="B49" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>پروفیل  1.5* 30*30   شاخه 6 متری</v>
       </c>
       <c r="B50" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>پروفیل  1.5* 40*20  شاخه 6 متری</v>
       </c>
       <c r="B51" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C51" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>پروفیل 1.5*40*40 شاخه 6 متری</v>
       </c>
       <c r="B52" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C52" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.5  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B53" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C53" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>پروفیل 1.5*50*50 شاخه 6 متری</v>
       </c>
       <c r="B54" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C54" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.5  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B55" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C55" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.5  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B56" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C56" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>پروفیل 1.5*80*40 شاخه 6 متری</v>
       </c>
       <c r="B57" t="str">
-        <v>554545</v>
+        <v>663636</v>
       </c>
       <c r="C57" t="str">
-        <v>1404/7/12</v>
+        <v>1404/8/27</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C57"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>