--- v1 (2025-11-18)
+++ v2 (2026-02-23)
@@ -413,659 +413,659 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="52"/>
     <col min="2" max="2" customWidth="1" width="8"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  10*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B2" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>پروفیل 0.7*25*10 شاخه 6 متری</v>
       </c>
       <c r="B3" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  20*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B4" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  20*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B5" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  30*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B6" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  40*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B7" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  40*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B8" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B9" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B10" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B11" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.7  80*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B12" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>پروفیل  0.9*10*20 شاخه 6 متری</v>
       </c>
       <c r="B13" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>پروفیل0.9*20*20 شاخه 6 متری</v>
       </c>
       <c r="B14" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  20*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B15" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  30*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B16" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  40*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B17" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  40*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B18" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B19" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B20" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B21" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v xml:space="preserve">پروفیل مبلی 0.9  80*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B22" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>پروفیل 1*10*20 شاخه 6 متری</v>
       </c>
       <c r="B23" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>پروفیل 1*20*20 شاخه 6 متری</v>
       </c>
       <c r="B24" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>پروفیل 1*20*30 شاخه 6 متری</v>
       </c>
       <c r="B25" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>پروفیل 1*30*30 شاخه 6 متری</v>
       </c>
       <c r="B26" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>پروفیل 1*20*40 شاخه 6 متری</v>
       </c>
       <c r="B27" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>پروفیل 1*40*40 شاخه 6 متری</v>
       </c>
       <c r="B28" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v xml:space="preserve">پروفیل مبلی 1  40*80   تهران    6 متری کارخانه </v>
       </c>
       <c r="B29" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v xml:space="preserve">پروفیل مبلی 1  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B30" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>پروفیل 1*50*50 شاخه6 متری</v>
       </c>
       <c r="B31" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v xml:space="preserve">پروفیل مبلی 1  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B32" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v xml:space="preserve">پروفیل مبلی 1  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B33" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  10*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B34" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  20*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B35" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>پروفیل1.25*20*30 شاخه 6 متری</v>
       </c>
       <c r="B36" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>پروفیل 1.25*30*30 شاخه 6 متری</v>
       </c>
       <c r="B37" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  40*20   تهران    6 متری کارخانه </v>
       </c>
       <c r="B38" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  40*40   تهران    6 متری کارخانه </v>
       </c>
       <c r="B39" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B40" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B41" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.25  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B42" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>پروفیل 1.25*40*80 شاخه 6 متری</v>
       </c>
       <c r="B43" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>پروفیل 1.5*10*10 شاخه 6 متری</v>
       </c>
       <c r="B44" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>پروفیل 1.5*10*20 شاخه 6 متری</v>
       </c>
       <c r="B45" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>پروفیل 1.5*25*10 شاخه 6 متری</v>
       </c>
       <c r="B46" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>پروفیل1.5*20*20 شاخه 6 متری</v>
       </c>
       <c r="B47" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>پروفیل 1.5 * 20*30   شاخه 6 متری</v>
       </c>
       <c r="B48" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>پروفیل 1.5 * 25*25  شاخه 6 متری</v>
       </c>
       <c r="B49" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>پروفیل  1.5* 30*30   شاخه 6 متری</v>
       </c>
       <c r="B50" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>پروفیل  1.5* 40*20  شاخه 6 متری</v>
       </c>
       <c r="B51" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C51" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>پروفیل 1.5*40*40 شاخه 6 متری</v>
       </c>
       <c r="B52" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C52" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.5  50*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B53" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C53" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>پروفیل 1.5*50*50 شاخه 6 متری</v>
       </c>
       <c r="B54" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C54" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.5  60*30   تهران    6 متری کارخانه </v>
       </c>
       <c r="B55" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C55" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v xml:space="preserve">پروفیل مبلی 1.5  60*60   تهران    6 متری کارخانه </v>
       </c>
       <c r="B56" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C56" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>پروفیل 1.5*80*40 شاخه 6 متری</v>
       </c>
       <c r="B57" t="str">
-        <v>663636</v>
+        <v>881818</v>
       </c>
       <c r="C57" t="str">
-        <v>1404/8/27</v>
+        <v>1404/12/4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C57"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>