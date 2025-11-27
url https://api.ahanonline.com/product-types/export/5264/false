--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -394,183 +394,183 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="47"/>
     <col min="2" max="2" customWidth="1" width="9"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="10"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">آما  بسته  بنگاه تهران  E6013 5 الکترود </v>
       </c>
       <c r="B2" t="str">
         <v>1080545</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">آما  بسته  بنگاه تهران  E6013 4 الکترود </v>
       </c>
       <c r="B3" t="str">
         <v>1075773</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>آما  بسته  بنگاه تهران  E6013  3.25   الکترود</v>
       </c>
       <c r="B4" t="str">
         <v>1075773</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>آما  بسته  بنگاه تهران  E6013  3.2   الکترود</v>
       </c>
       <c r="B5" t="str">
         <v>1024545</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">آما  بسته  بنگاه تهران  E7018 2 الکترود </v>
       </c>
       <c r="B6" t="str">
         <v>1643727</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">آما  بسته  بنگاه تهران  E6013 2 الکترود </v>
       </c>
       <c r="B7" t="str">
         <v>1179818</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">آما  بسته  بنگاه تهران  E6013 2.5 الکترود </v>
       </c>
       <c r="B8" t="str">
         <v>1179818</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">آما  بسته  بنگاه تهران  E6013 3 الکترود </v>
       </c>
       <c r="B9" t="str">
         <v>1075773</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">میکا  بسته  بنگاه تهران  E7018 2 الکترود </v>
       </c>
       <c r="B10" t="str">
         <v>1785000</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">میکا  بسته  بنگاه تهران  E6013 2 الکترود </v>
       </c>
       <c r="B11" t="str">
         <v>1732500</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">میکا  بسته  بنگاه تهران  E6013 3 الکترود </v>
       </c>
       <c r="B12" t="str">
         <v>976500</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/7/21</v>
+        <v>1404/9/6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>