--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -413,153 +413,153 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="39"/>
     <col min="2" max="2" customWidth="1" width="10"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>سیم خاردار خطی سوزنی</v>
       </c>
       <c r="B2" t="str">
-        <v>640909</v>
+        <v>672727</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>سیم خاردار حلقوی سوزنی پر کربن قطر 90</v>
       </c>
       <c r="B3" t="str">
         <v>7100000</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>سیم خاردار حلقوی سوزنی قطر 90</v>
       </c>
       <c r="B4" t="str">
-        <v>6190909</v>
+        <v>6363636</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>سیم خاردار حلقوی سوزنی پر کربن قطر 60</v>
       </c>
       <c r="B5" t="str">
-        <v>6190909</v>
+        <v>7727273</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>سیم خاردار حلقوی سوزنی قطر 60</v>
       </c>
       <c r="B6" t="str">
         <v>4827273</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>سیم خاردار خطی تبری</v>
       </c>
       <c r="B7" t="str">
         <v>872727</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>سیم خاردار حلقوی تبری پر کربن قطر 90</v>
       </c>
       <c r="B8" t="str">
         <v>10009091</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>سیم خاردار حلقوی تبری قطر 90</v>
       </c>
       <c r="B9" t="str">
-        <v>8372727</v>
+        <v>7636364</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>سیم خاردار حلقوی تبری پر کربن قطر 60</v>
       </c>
       <c r="B10" t="str">
         <v>6827273</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>سیم خاردار حلقوی تبری قطر 60</v>
       </c>
       <c r="B11" t="str">
-        <v>6281818</v>
+        <v>6090909</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/10</v>
+        <v>1404/8/25</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>