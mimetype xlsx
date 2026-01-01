--- v1 (2025-11-16)
+++ v2 (2026-01-01)
@@ -393,173 +393,173 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="39"/>
-    <col min="2" max="2" customWidth="1" width="10"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="2" max="2" customWidth="1" width="9"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>سیم خاردار خطی سوزنی</v>
       </c>
       <c r="B2" t="str">
-        <v>672727</v>
+        <v>772727</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>سیم خاردار حلقوی سوزنی پر کربن قطر 90</v>
       </c>
       <c r="B3" t="str">
-        <v>7100000</v>
+        <v>7918182</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>سیم خاردار حلقوی سوزنی قطر 90</v>
       </c>
       <c r="B4" t="str">
-        <v>6363636</v>
+        <v>8000000</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>سیم خاردار حلقوی سوزنی پر کربن قطر 60</v>
       </c>
       <c r="B5" t="str">
-        <v>7727273</v>
+        <v>8000000</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>سیم خاردار حلقوی سوزنی قطر 60</v>
       </c>
       <c r="B6" t="str">
-        <v>4827273</v>
+        <v>5272727</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>سیم خاردار خطی تبری</v>
       </c>
       <c r="B7" t="str">
-        <v>872727</v>
+        <v>1090909</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>سیم خاردار حلقوی تبری پر کربن قطر 90</v>
       </c>
       <c r="B8" t="str">
-        <v>10009091</v>
+        <v>8636364</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>سیم خاردار حلقوی تبری قطر 90</v>
       </c>
       <c r="B9" t="str">
-        <v>7636364</v>
+        <v>8636364</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>سیم خاردار حلقوی تبری پر کربن قطر 60</v>
       </c>
       <c r="B10" t="str">
-        <v>6827273</v>
+        <v>7009091</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>سیم خاردار حلقوی تبری قطر 60</v>
       </c>
       <c r="B11" t="str">
-        <v>6090909</v>
+        <v>5909091</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/11</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>