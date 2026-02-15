--- v2 (2026-01-01)
+++ v3 (2026-02-15)
@@ -413,153 +413,153 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="39"/>
     <col min="2" max="2" customWidth="1" width="9"/>
     <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>سیم خاردار خطی سوزنی</v>
       </c>
       <c r="B2" t="str">
-        <v>772727</v>
+        <v>779090</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>سیم خاردار حلقوی سوزنی پر کربن قطر 90</v>
+        <v>سیم خاردار حلقوی سوزنی قطر 90</v>
       </c>
       <c r="B3" t="str">
-        <v>7918182</v>
+        <v>8006363</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>سیم خاردار حلقوی سوزنی قطر 90</v>
+        <v>سیم خاردار حلقوی سوزنی پر کربن قطر 90</v>
       </c>
       <c r="B4" t="str">
-        <v>8000000</v>
+        <v>7924545</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>سیم خاردار حلقوی سوزنی پر کربن قطر 60</v>
       </c>
       <c r="B5" t="str">
-        <v>8000000</v>
+        <v>8006363</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>سیم خاردار حلقوی سوزنی قطر 60</v>
       </c>
       <c r="B6" t="str">
-        <v>5272727</v>
+        <v>5279090</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>سیم خاردار خطی تبری</v>
+        <v>سیم خاردار حلقوی تبری پر کربن قطر 90</v>
       </c>
       <c r="B7" t="str">
-        <v>1090909</v>
+        <v>8642727</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>سیم خاردار حلقوی تبری پر کربن قطر 90</v>
+        <v>سیم خاردار خطی تبری</v>
       </c>
       <c r="B8" t="str">
-        <v>8636364</v>
+        <v>1097272</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>سیم خاردار حلقوی تبری قطر 90</v>
       </c>
       <c r="B9" t="str">
-        <v>8636364</v>
+        <v>8642727</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>سیم خاردار حلقوی تبری پر کربن قطر 60</v>
       </c>
       <c r="B10" t="str">
-        <v>7009091</v>
+        <v>7015454</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>سیم خاردار حلقوی تبری قطر 60</v>
       </c>
       <c r="B11" t="str">
-        <v>5909091</v>
+        <v>5915454</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/10/11</v>
+        <v>1404/11/26</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>