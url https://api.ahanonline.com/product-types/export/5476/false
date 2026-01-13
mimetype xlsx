--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -387,327 +387,57 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C24"/>
+  <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <cols>
-[...269 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C24"/>
+    <ignoredError numberStoredAsText="1" sqref="A1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 