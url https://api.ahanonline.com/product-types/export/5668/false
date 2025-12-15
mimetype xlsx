--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -387,668 +387,57 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C55"/>
+  <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <cols>
-[...610 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C55"/>
+    <ignoredError numberStoredAsText="1" sqref="A1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 