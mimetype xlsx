--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -387,57 +387,668 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1"/>
+  <dimension ref="A1:C55"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <sheetData/>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="60"/>
+    <col min="2" max="2" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>نام</v>
+      </c>
+      <c r="B1" t="str">
+        <v>قیمت</v>
+      </c>
+      <c r="C1" t="str">
+        <v>تاریخ اخرین قیمت</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v xml:space="preserve">لوله مسی  0.63  3/4  مهر اصل    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B2" t="str">
+        <v>91334880</v>
+      </c>
+      <c r="C2" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v xml:space="preserve">لوله مسی 0.63  "1/2   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B3" t="str">
+        <v>60333000</v>
+      </c>
+      <c r="C3" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v xml:space="preserve">لوله مسی 0.63  "1/4   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B4" t="str">
+        <v>28217280</v>
+      </c>
+      <c r="C4" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v xml:space="preserve">لوله مسی 0.63  "3/8   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B5" t="str">
+        <v>44739240</v>
+      </c>
+      <c r="C5" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v xml:space="preserve">لوله مسی 0.63  "5/8   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B6" t="str">
+        <v>76112400</v>
+      </c>
+      <c r="C6" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "1/2   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B7" t="str">
+        <v>71471400</v>
+      </c>
+      <c r="C7" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "1/4   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B8" t="str">
+        <v>34529040</v>
+      </c>
+      <c r="C8" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "3/4   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B9" t="str">
+        <v>108413760</v>
+      </c>
+      <c r="C9" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "3/8   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B10" t="str">
+        <v>53093040</v>
+      </c>
+      <c r="C10" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "5/8   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B11" t="str">
+        <v>89849760</v>
+      </c>
+      <c r="C11" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v xml:space="preserve">لوله مسی 0.81  "1/2   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B12" t="str">
+        <v>77040600</v>
+      </c>
+      <c r="C12" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v xml:space="preserve">لوله مسی 0.81  "1/4   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B13" t="str">
+        <v>37128000</v>
+      </c>
+      <c r="C13" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  3/4  مهر اصل    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B14" t="str">
+        <v>116767560</v>
+      </c>
+      <c r="C14" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v xml:space="preserve">لوله مسی 0.81  "3/8   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B15" t="str">
+        <v>56991480</v>
+      </c>
+      <c r="C15" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v xml:space="preserve">لوله مسی 0.81  "5/8   مهراصل    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B16" t="str">
+        <v>95604600</v>
+      </c>
+      <c r="C16" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v xml:space="preserve">لوله مسی  0.63  1.2  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B17" t="str">
+        <v>63540750</v>
+      </c>
+      <c r="C17" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v xml:space="preserve">لوله مسی  0.63  1/4  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B18" t="str">
+        <v>29717520</v>
+      </c>
+      <c r="C18" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v xml:space="preserve">لوله مسی  0.63  3/4  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B19" t="str">
+        <v>85644765</v>
+      </c>
+      <c r="C19" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v xml:space="preserve">لوله مسی  0.63  3.8  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B20" t="str">
+        <v>47117910</v>
+      </c>
+      <c r="C20" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v xml:space="preserve">لوله مسی  0.63  5/8  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B21" t="str">
+        <v>71370638</v>
+      </c>
+      <c r="C21" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v xml:space="preserve">لوله مسی  0.75  1/2  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B22" t="str">
+        <v>67018770</v>
+      </c>
+      <c r="C22" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v xml:space="preserve">لوله مسی  0.75  1/4  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B23" t="str">
+        <v>32377899</v>
+      </c>
+      <c r="C23" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v xml:space="preserve">لوله مسی  0.75  3/4  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B24" t="str">
+        <v>101659640</v>
+      </c>
+      <c r="C24" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v xml:space="preserve">لوله مسی  0.75  3/8 اینچ  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B25" t="str">
+        <v>49785372</v>
+      </c>
+      <c r="C25" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v xml:space="preserve">لوله مسی  0.75  5/8  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B26" t="str">
+        <v>84252168</v>
+      </c>
+      <c r="C26" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  1/2  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B27" t="str">
+        <v>72241011</v>
+      </c>
+      <c r="C27" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  1/4  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B28" t="str">
+        <v>34814945</v>
+      </c>
+      <c r="C28" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  3/4  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B29" t="str">
+        <v>109493003</v>
+      </c>
+      <c r="C29" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  3/8 اینچ  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B30" t="str">
+        <v>53440941</v>
+      </c>
+      <c r="C30" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  5/8  باهنر    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B31" t="str">
+        <v>89648485</v>
+      </c>
+      <c r="C31" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v xml:space="preserve">لوله مسی 0.63  "1/2   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B32" t="str">
+        <v>64496250</v>
+      </c>
+      <c r="C32" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v xml:space="preserve">لوله مسی 0.63  "1/4   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B33" t="str">
+        <v>30164400</v>
+      </c>
+      <c r="C33" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v xml:space="preserve">لوله مسی  0.63  3/4  بابک    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B34" t="str">
+        <v>97637400</v>
+      </c>
+      <c r="C34" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v xml:space="preserve">لوله مسی 0.63  "3/8   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B35" t="str">
+        <v>47826450</v>
+      </c>
+      <c r="C35" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v xml:space="preserve">لوله مسی 0.63  "5/8   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B36" t="str">
+        <v>81364500</v>
+      </c>
+      <c r="C36" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "1/2   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B37" t="str">
+        <v>76403250</v>
+      </c>
+      <c r="C37" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "1/4   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B38" t="str">
+        <v>36911700</v>
+      </c>
+      <c r="C38" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "3/4   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B39" t="str">
+        <v>115894800</v>
+      </c>
+      <c r="C39" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "3/8   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B40" t="str">
+        <v>56756700</v>
+      </c>
+      <c r="C40" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v xml:space="preserve">لوله مسی 0.75  "5/8   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B41" t="str">
+        <v>96049800</v>
+      </c>
+      <c r="C41" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="str">
+        <v xml:space="preserve">لوله مسی 0.81  "1/2   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B42" t="str">
+        <v>82356750</v>
+      </c>
+      <c r="C42" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  1/4  بابک    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B43" t="str">
+        <v>39690000</v>
+      </c>
+      <c r="C43" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="str">
+        <v xml:space="preserve">لوله مسی 0.81  "3/4   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B44" t="str">
+        <v>124825050</v>
+      </c>
+      <c r="C44" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  3/4  بابک    6 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B45" t="str">
+        <v>54639844</v>
+      </c>
+      <c r="C45" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="str">
+        <v xml:space="preserve">لوله مسی 0.81  "3/8   بابک    15 متری بنگاه تهران </v>
+      </c>
+      <c r="B46" t="str">
+        <v>60924150</v>
+      </c>
+      <c r="C46" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  5/8  بابک    15 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B47" t="str">
+        <v>102201750</v>
+      </c>
+      <c r="C47" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="str">
+        <v xml:space="preserve">لوله مسی  0.81  7/8  بابک    6 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B48" t="str">
+        <v>64000455</v>
+      </c>
+      <c r="C48" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="str">
+        <v xml:space="preserve">لوله مسی 0.9  "3/8   بابک    6متری بنگاه تهران </v>
+      </c>
+      <c r="B49" t="str">
+        <v>60735126</v>
+      </c>
+      <c r="C49" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="str">
+        <v xml:space="preserve">لوله مسی  1  1 1/8  بابک    6 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B50" t="str">
+        <v>101878276</v>
+      </c>
+      <c r="C50" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="str">
+        <v xml:space="preserve">لوله مسی  1  5/8  بابک    6 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B51" t="str">
+        <v>55728288</v>
+      </c>
+      <c r="C51" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="str">
+        <v xml:space="preserve">لوله مسی  1  7/8  بابک    6 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B52" t="str">
+        <v>78803282</v>
+      </c>
+      <c r="C52" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="str">
+        <v xml:space="preserve">لوله مسی  1.5  1 5/8  بابک    6 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B53" t="str">
+        <v>226396170</v>
+      </c>
+      <c r="C53" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="str">
+        <v xml:space="preserve">لوله مسی  1.24  1 3/8  بابک    6 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B54" t="str">
+        <v>158912696</v>
+      </c>
+      <c r="C54" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="str">
+        <v xml:space="preserve">لوله مسی  2.02  2 5/8  بابک    6 متری  بنگاه تهران   </v>
+      </c>
+      <c r="B55" t="str">
+        <v>478914975</v>
+      </c>
+      <c r="C55" t="str">
+        <v>1404/11/9</v>
+      </c>
+    </row>
+  </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C55"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 