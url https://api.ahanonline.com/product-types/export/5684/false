--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -413,450 +413,450 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="56"/>
     <col min="2" max="2" customWidth="1" width="8"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   25*25     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B2" t="str">
-        <v>816018</v>
+        <v>828252</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   30*50     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B3" t="str">
-        <v>796732</v>
+        <v>808669</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   10*10     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B4" t="str">
-        <v>790837</v>
+        <v>802659</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   10*10     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B5" t="str">
-        <v>830934</v>
+        <v>843384</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   12*12     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B6" t="str">
-        <v>786689</v>
+        <v>798489</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   14*14     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B7" t="str">
-        <v>786689</v>
+        <v>798489</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   15*15     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B8" t="str">
-        <v>786689</v>
+        <v>798489</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   16*16     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B9" t="str">
-        <v>795871</v>
+        <v>807809</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   18*18     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B10" t="str">
-        <v>786689</v>
+        <v>798489</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   20*20     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B11" t="str">
-        <v>767407</v>
+        <v>778918</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   20*20     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B12" t="str">
-        <v>815612</v>
+        <v>827846</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   25*25     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B13" t="str">
-        <v>704638</v>
+        <v>715194</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   30*30     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B14" t="str">
-        <v>776376</v>
+        <v>787981</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   30*30     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B15" t="str">
-        <v>824794</v>
+        <v>837166</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   35*35     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B16" t="str">
-        <v>816473</v>
+        <v>828706</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   40*40     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B17" t="str">
-        <v>776589</v>
+        <v>788238</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   40*40     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B18" t="str">
-        <v>815612</v>
+        <v>827846</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   50*50     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B19" t="str">
-        <v>767407</v>
+        <v>778918</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>ریل چهارپهلو آلیاژی   50*50     st52  نرمال کارخانه</v>
       </c>
       <c r="B20" t="str">
-        <v>777000</v>
+        <v>788655</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   50*50     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B21" t="str">
-        <v>824794</v>
+        <v>837166</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   60*60     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B22" t="str">
-        <v>776589</v>
+        <v>788238</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   60*60     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B23" t="str">
-        <v>824794</v>
+        <v>837166</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   70*70     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B24" t="str">
-        <v>815153</v>
+        <v>827380</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   70*70     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B25" t="str">
-        <v>853716</v>
+        <v>866522</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   80*80     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B26" t="str">
-        <v>815153</v>
+        <v>827380</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   80*80     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B27" t="str">
-        <v>853716</v>
+        <v>866522</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   80*50     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B28" t="str">
-        <v>853716</v>
+        <v>866522</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   90*90     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B29" t="str">
-        <v>853716</v>
+        <v>866522</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   100*100     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B30" t="str">
-        <v>853716</v>
+        <v>866522</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   120*50     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B31" t="str">
-        <v>844535</v>
+        <v>857203</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   120*80     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B32" t="str">
-        <v>853716</v>
+        <v>866522</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   120*120     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B33" t="str">
-        <v>862898</v>
+        <v>875842</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   4*4     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B34" t="str">
-        <v>931295</v>
+        <v>945257</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   5*5     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B35" t="str">
-        <v>935795</v>
+        <v>949757</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   6*6     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B36" t="str">
-        <v>936250</v>
+        <v>950212</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   8*8     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B37" t="str">
-        <v>933341</v>
+        <v>947303</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   10*10     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B38" t="str">
-        <v>921614</v>
+        <v>935438</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/7/13</v>
+        <v>1404/8/28</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C38"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>