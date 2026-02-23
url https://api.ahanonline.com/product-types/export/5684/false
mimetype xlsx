--- v1 (2025-11-19)
+++ v2 (2026-02-23)
@@ -413,450 +413,450 @@
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="56"/>
     <col min="2" max="2" customWidth="1" width="8"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   25*25     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B2" t="str">
-        <v>828252</v>
+        <v>870138</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   30*50     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B3" t="str">
-        <v>808669</v>
+        <v>849541</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   10*10     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B4" t="str">
-        <v>802659</v>
+        <v>843135</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   10*10     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B5" t="str">
-        <v>843384</v>
+        <v>886013</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   12*12     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B6" t="str">
-        <v>798489</v>
+        <v>838893</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   14*14     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B7" t="str">
-        <v>798489</v>
+        <v>838893</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   15*15     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B8" t="str">
-        <v>798489</v>
+        <v>838893</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   16*16     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B9" t="str">
-        <v>807809</v>
+        <v>848684</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   18*18     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B10" t="str">
-        <v>798489</v>
+        <v>838893</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   20*20     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B11" t="str">
-        <v>778918</v>
+        <v>818331</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   20*20     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B12" t="str">
-        <v>827846</v>
+        <v>869735</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   25*25     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B13" t="str">
-        <v>715194</v>
+        <v>751336</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   30*30     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B14" t="str">
-        <v>787981</v>
+        <v>827714</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   30*30     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B15" t="str">
-        <v>837166</v>
+        <v>879526</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   35*35     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B16" t="str">
-        <v>828706</v>
+        <v>870592</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   40*40     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B17" t="str">
-        <v>788238</v>
+        <v>828122</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   40*40     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B18" t="str">
-        <v>827846</v>
+        <v>869735</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   50*50     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B19" t="str">
-        <v>778918</v>
+        <v>818331</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>ریل چهارپهلو آلیاژی   50*50     st52  نرمال کارخانه</v>
       </c>
       <c r="B20" t="str">
-        <v>788655</v>
+        <v>828560</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   50*50     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B21" t="str">
-        <v>837166</v>
+        <v>879526</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   60*60     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B22" t="str">
-        <v>788238</v>
+        <v>828122</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   60*60     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B23" t="str">
-        <v>837166</v>
+        <v>879526</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   70*70     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B24" t="str">
-        <v>827380</v>
+        <v>869245</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   70*70     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B25" t="str">
-        <v>866522</v>
+        <v>910368</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   80*80     CK 45  نرمال بنگاه تهران </v>
       </c>
       <c r="B26" t="str">
-        <v>827380</v>
+        <v>869245</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   80*80     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B27" t="str">
-        <v>866522</v>
+        <v>910368</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   80*50     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B28" t="str">
-        <v>866522</v>
+        <v>910368</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   90*90     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B29" t="str">
-        <v>866522</v>
+        <v>910368</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   100*100     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B30" t="str">
-        <v>866522</v>
+        <v>910368</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   120*50     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B31" t="str">
-        <v>857203</v>
+        <v>900577</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   120*80     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B32" t="str">
-        <v>866522</v>
+        <v>910368</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   120*120     st52  نرمال بنگاه تهران </v>
       </c>
       <c r="B33" t="str">
-        <v>875842</v>
+        <v>920159</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   4*4     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B34" t="str">
-        <v>945257</v>
+        <v>993062</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   5*5     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B35" t="str">
-        <v>949757</v>
+        <v>997562</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   6*6     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B36" t="str">
-        <v>950212</v>
+        <v>998016</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   8*8     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B37" t="str">
-        <v>947303</v>
+        <v>995107</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v xml:space="preserve">چهارپهلو آلیاژی   10*10     st52  ترانس بنگاه تهران </v>
       </c>
       <c r="B38" t="str">
-        <v>935438</v>
+        <v>982770</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/8/28</v>
+        <v>1404/12/4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C38"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>