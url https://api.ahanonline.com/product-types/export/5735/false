--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -387,57 +387,657 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1"/>
+  <dimension ref="A1:C54"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <sheetData/>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="47"/>
+    <col min="2" max="2" customWidth="1" width="10"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>نام</v>
+      </c>
+      <c r="B1" t="str">
+        <v>قیمت</v>
+      </c>
+      <c r="C1" t="str">
+        <v>تاریخ اخرین قیمت</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v xml:space="preserve">کابل افشان  16   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B2" t="str">
+        <v>2132800</v>
+      </c>
+      <c r="C2" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v xml:space="preserve">کابل افشان  25   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B3" t="str">
+        <v>3225000</v>
+      </c>
+      <c r="C3" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v xml:space="preserve">کابل افشان  35   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B4" t="str">
+        <v>4489200</v>
+      </c>
+      <c r="C4" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v xml:space="preserve">کابل افشان  50   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B5" t="str">
+        <v>6364000</v>
+      </c>
+      <c r="C5" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v xml:space="preserve">کابل افشان  70   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B6" t="str">
+        <v>8944000</v>
+      </c>
+      <c r="C6" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v xml:space="preserve">کابل افشان  95   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B7" t="str">
+        <v>12040000</v>
+      </c>
+      <c r="C7" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v xml:space="preserve">کابل افشان  120   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B8" t="str">
+        <v>15136000</v>
+      </c>
+      <c r="C8" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v xml:space="preserve">کابل افشان  150   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B9" t="str">
+        <v>18791000</v>
+      </c>
+      <c r="C9" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v xml:space="preserve">کابل افشان  185   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B10" t="str">
+        <v>22876000</v>
+      </c>
+      <c r="C10" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v xml:space="preserve">کابل افشان  240   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B11" t="str">
+        <v>30530000</v>
+      </c>
+      <c r="C11" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v xml:space="preserve">کابل افشان  300   * 1  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B12" t="str">
+        <v>38184000</v>
+      </c>
+      <c r="C12" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v xml:space="preserve">کابل افشان  1   * 2  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B13" t="str">
+        <v>341420</v>
+      </c>
+      <c r="C13" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v xml:space="preserve">کابل افشان  1.5   * 2  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B14" t="str">
+        <v>473000</v>
+      </c>
+      <c r="C14" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v xml:space="preserve">کابل افشان  2.5   * 2  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B15" t="str">
+        <v>763680</v>
+      </c>
+      <c r="C15" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v xml:space="preserve">کابل افشان  4   * 2  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B16" t="str">
+        <v>1179920</v>
+      </c>
+      <c r="C16" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v xml:space="preserve">کابل افشان  6   * 2  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B17" t="str">
+        <v>1685600</v>
+      </c>
+      <c r="C17" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v xml:space="preserve">کابل افشان  10   * 2  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B18" t="str">
+        <v>3001400</v>
+      </c>
+      <c r="C18" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v xml:space="preserve">کابل افشان  16   * 2  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B19" t="str">
+        <v>4519300</v>
+      </c>
+      <c r="C19" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v xml:space="preserve">کابل افشان  1   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B20" t="str">
+        <v>466120</v>
+      </c>
+      <c r="C20" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v xml:space="preserve">کابل افشان  1.5   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B21" t="str">
+        <v>666500</v>
+      </c>
+      <c r="C21" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v xml:space="preserve">کابل افشان  2.5   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B22" t="str">
+        <v>1079300</v>
+      </c>
+      <c r="C22" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v xml:space="preserve">کابل افشان  4   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B23" t="str">
+        <v>1659800</v>
+      </c>
+      <c r="C23" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v xml:space="preserve">کابل افشان  6   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B24" t="str">
+        <v>2410580</v>
+      </c>
+      <c r="C24" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v xml:space="preserve">کابل افشان  10   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B25" t="str">
+        <v>4248400</v>
+      </c>
+      <c r="C25" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v xml:space="preserve">کابل افشان  16   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B26" t="str">
+        <v>6441400</v>
+      </c>
+      <c r="C26" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v xml:space="preserve">کابل افشان  25   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B27" t="str">
+        <v>10320000</v>
+      </c>
+      <c r="C27" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>کابل افشان  16+25   * 3  خراسان (افشار نژاد)</v>
+      </c>
+      <c r="B28" t="str">
+        <v>12143200</v>
+      </c>
+      <c r="C28" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v xml:space="preserve">کابل افشان  35   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B29" t="str">
+        <v>14276000</v>
+      </c>
+      <c r="C29" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>کابل افشان  16+35   * 3  خراسان (افشار نژاد)</v>
+      </c>
+      <c r="B30" t="str">
+        <v>15953000</v>
+      </c>
+      <c r="C30" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v xml:space="preserve">کابل افشان  50   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B31" t="str">
+        <v>20468000</v>
+      </c>
+      <c r="C31" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>کابل افشان  25+50   * 3  خراسان (افشار نژاد)</v>
+      </c>
+      <c r="B32" t="str">
+        <v>23478000</v>
+      </c>
+      <c r="C32" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v xml:space="preserve">کابل افشان  70   * 3  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B33" t="str">
+        <v>28810000</v>
+      </c>
+      <c r="C33" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>کابل افشان  35+70   * 3  خراسان (افشار نژاد)</v>
+      </c>
+      <c r="B34" t="str">
+        <v>33110000</v>
+      </c>
+      <c r="C34" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v>کابل افشان  50+95   * 3  خراسان (افشار نژاد)</v>
+      </c>
+      <c r="B35" t="str">
+        <v>44892000</v>
+      </c>
+      <c r="C35" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v>کابل افشان  70+120   * 3  خراسان (افشار نژاد)</v>
+      </c>
+      <c r="B36" t="str">
+        <v>57448000</v>
+      </c>
+      <c r="C36" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v xml:space="preserve">کابل افشان  1   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B37" t="str">
+        <v>610600</v>
+      </c>
+      <c r="C37" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v xml:space="preserve">کابل افشان  1.5   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B38" t="str">
+        <v>860000</v>
+      </c>
+      <c r="C38" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v xml:space="preserve">کابل افشان  2.5   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B39" t="str">
+        <v>1384600</v>
+      </c>
+      <c r="C39" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v xml:space="preserve">کابل افشان  4   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B40" t="str">
+        <v>2175800</v>
+      </c>
+      <c r="C40" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v xml:space="preserve">کابل افشان  6   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B41" t="str">
+        <v>3156200</v>
+      </c>
+      <c r="C41" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="str">
+        <v xml:space="preserve">کابل افشان  10   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B42" t="str">
+        <v>5590000</v>
+      </c>
+      <c r="C42" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="str">
+        <v xml:space="preserve">کابل افشان  16   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B43" t="str">
+        <v>8600000</v>
+      </c>
+      <c r="C43" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="str">
+        <v xml:space="preserve">کابل افشان  25   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B44" t="str">
+        <v>13416000</v>
+      </c>
+      <c r="C44" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="str">
+        <v xml:space="preserve">کابل افشان  35   * 4  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B45" t="str">
+        <v>23478000</v>
+      </c>
+      <c r="C45" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="str">
+        <v xml:space="preserve">کابل افشان  1   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B46" t="str">
+        <v>752500</v>
+      </c>
+      <c r="C46" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="str">
+        <v xml:space="preserve">کابل افشان  1.5   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B47" t="str">
+        <v>1083600</v>
+      </c>
+      <c r="C47" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="str">
+        <v xml:space="preserve">کابل افشان  2.5   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B48" t="str">
+        <v>1737200</v>
+      </c>
+      <c r="C48" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="str">
+        <v xml:space="preserve">کابل افشان  4   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B49" t="str">
+        <v>2932600</v>
+      </c>
+      <c r="C49" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="str">
+        <v xml:space="preserve">کابل افشان  6   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B50" t="str">
+        <v>3938800</v>
+      </c>
+      <c r="C50" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="str">
+        <v xml:space="preserve">کابل افشان  10   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B51" t="str">
+        <v>7009000</v>
+      </c>
+      <c r="C51" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="str">
+        <v xml:space="preserve">کابل افشان  16   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B52" t="str">
+        <v>10836000</v>
+      </c>
+      <c r="C52" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="str">
+        <v xml:space="preserve">کابل افشان  25   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B53" t="str">
+        <v>16942000</v>
+      </c>
+      <c r="C53" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="str">
+        <v xml:space="preserve">کابل افشان  35   * 5  خراسان (افشار نژاد)   </v>
+      </c>
+      <c r="B54" t="str">
+        <v>26764920</v>
+      </c>
+      <c r="C54" t="str">
+        <v>1404/8/28</v>
+      </c>
+    </row>
+  </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C54"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 