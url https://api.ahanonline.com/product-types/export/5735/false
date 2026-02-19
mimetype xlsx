--- v1 (2025-11-19)
+++ v2 (2026-02-19)
@@ -394,645 +394,645 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C54"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="47"/>
     <col min="2" max="2" customWidth="1" width="10"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">کابل افشان  16   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B2" t="str">
-        <v>2132800</v>
+        <v>3409090</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">کابل افشان  25   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B3" t="str">
-        <v>3225000</v>
+        <v>5145454</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">کابل افشان  35   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B4" t="str">
-        <v>4489200</v>
+        <v>7181818</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">کابل افشان  50   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B5" t="str">
-        <v>6364000</v>
+        <v>10227272</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">کابل افشان  70   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B6" t="str">
-        <v>8944000</v>
+        <v>14409090</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">کابل افشان  95   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B7" t="str">
-        <v>12040000</v>
+        <v>19454545</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">کابل افشان  120   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B8" t="str">
-        <v>15136000</v>
+        <v>24409090</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">کابل افشان  150   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B9" t="str">
-        <v>18791000</v>
+        <v>30545454</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">کابل افشان  185   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B10" t="str">
-        <v>22876000</v>
+        <v>38181818</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">کابل افشان  240   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B11" t="str">
-        <v>30530000</v>
+        <v>50000000</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">کابل افشان  300   * 1  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B12" t="str">
-        <v>38184000</v>
+        <v>62727272</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">کابل افشان  1   * 2  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B13" t="str">
-        <v>341420</v>
+        <v>520909</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">کابل افشان  1.5   * 2  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B14" t="str">
-        <v>473000</v>
+        <v>727272</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">کابل افشان  2.5   * 2  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B15" t="str">
-        <v>763680</v>
+        <v>1181818</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">کابل افشان  4   * 2  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B16" t="str">
-        <v>1179920</v>
+        <v>1840909</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">کابل افشان  6   * 2  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B17" t="str">
-        <v>1685600</v>
+        <v>2654545</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">کابل افشان  10   * 2  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B18" t="str">
-        <v>3001400</v>
+        <v>4718181</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">کابل افشان  16   * 2  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B19" t="str">
-        <v>4519300</v>
+        <v>7181818</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">کابل افشان  1   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B20" t="str">
-        <v>466120</v>
+        <v>725454</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">کابل افشان  1.5   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B21" t="str">
-        <v>666500</v>
+        <v>1040909</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v xml:space="preserve">کابل افشان  2.5   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B22" t="str">
-        <v>1079300</v>
+        <v>1700000</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v xml:space="preserve">کابل افشان  4   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B23" t="str">
-        <v>1659800</v>
+        <v>2627272</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v xml:space="preserve">کابل افشان  6   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B24" t="str">
-        <v>2410580</v>
+        <v>3845454</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v xml:space="preserve">کابل افشان  10   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B25" t="str">
-        <v>4248400</v>
+        <v>6772727</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v xml:space="preserve">کابل افشان  16   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B26" t="str">
-        <v>6441400</v>
+        <v>10336363</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v xml:space="preserve">کابل افشان  25   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B27" t="str">
-        <v>10320000</v>
+        <v>16272727</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>کابل افشان  16+25   * 3  خراسان (افشار نژاد)</v>
       </c>
       <c r="B28" t="str">
-        <v>12143200</v>
+        <v>19545454</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v xml:space="preserve">کابل افشان  35   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B29" t="str">
-        <v>14276000</v>
+        <v>22727272</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>کابل افشان  16+35   * 3  خراسان (افشار نژاد)</v>
       </c>
       <c r="B30" t="str">
-        <v>15953000</v>
+        <v>25727272</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v xml:space="preserve">کابل افشان  50   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B31" t="str">
-        <v>20468000</v>
+        <v>32545454</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>کابل افشان  25+50   * 3  خراسان (افشار نژاد)</v>
       </c>
       <c r="B32" t="str">
-        <v>23478000</v>
+        <v>37545454</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v xml:space="preserve">کابل افشان  70   * 3  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B33" t="str">
-        <v>28810000</v>
+        <v>45727272</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>کابل افشان  35+70   * 3  خراسان (افشار نژاد)</v>
       </c>
       <c r="B34" t="str">
-        <v>33110000</v>
+        <v>52727272</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>کابل افشان  50+95   * 3  خراسان (افشار نژاد)</v>
       </c>
       <c r="B35" t="str">
-        <v>44892000</v>
+        <v>71636363</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>کابل افشان  70+120   * 3  خراسان (افشار نژاد)</v>
       </c>
       <c r="B36" t="str">
-        <v>57448000</v>
+        <v>91818181</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v xml:space="preserve">کابل افشان  1   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B37" t="str">
-        <v>610600</v>
+        <v>950000</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v xml:space="preserve">کابل افشان  1.5   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B38" t="str">
-        <v>860000</v>
+        <v>1345454</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v xml:space="preserve">کابل افشان  2.5   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B39" t="str">
-        <v>1384600</v>
+        <v>2190909</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v xml:space="preserve">کابل افشان  4   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B40" t="str">
-        <v>2175800</v>
+        <v>3445454</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v xml:space="preserve">کابل افشان  6   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B41" t="str">
-        <v>3156200</v>
+        <v>5036363</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v xml:space="preserve">کابل افشان  10   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B42" t="str">
-        <v>5590000</v>
+        <v>9000000</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v xml:space="preserve">کابل افشان  16   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B43" t="str">
-        <v>8600000</v>
+        <v>13954545</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v xml:space="preserve">کابل افشان  25   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B44" t="str">
-        <v>13416000</v>
+        <v>21545454</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v xml:space="preserve">کابل افشان  35   * 4  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B45" t="str">
-        <v>23478000</v>
+        <v>30181818</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v xml:space="preserve">کابل افشان  1   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B46" t="str">
-        <v>752500</v>
+        <v>1177272</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v xml:space="preserve">کابل افشان  1.5   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B47" t="str">
-        <v>1083600</v>
+        <v>1686363</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v xml:space="preserve">کابل افشان  2.5   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B48" t="str">
-        <v>1737200</v>
+        <v>2736363</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v xml:space="preserve">کابل افشان  4   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B49" t="str">
-        <v>2932600</v>
+        <v>4290909</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v xml:space="preserve">کابل افشان  6   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B50" t="str">
-        <v>3938800</v>
+        <v>6300000</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v xml:space="preserve">کابل افشان  10   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B51" t="str">
-        <v>7009000</v>
+        <v>11227272</v>
       </c>
       <c r="C51" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v xml:space="preserve">کابل افشان  16   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B52" t="str">
-        <v>10836000</v>
+        <v>17409090</v>
       </c>
       <c r="C52" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v xml:space="preserve">کابل افشان  25   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B53" t="str">
-        <v>16942000</v>
+        <v>27090909</v>
       </c>
       <c r="C53" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v xml:space="preserve">کابل افشان  35   * 5  خراسان (افشار نژاد)   </v>
       </c>
       <c r="B54" t="str">
-        <v>26764920</v>
+        <v>37636363</v>
       </c>
       <c r="C54" t="str">
-        <v>1404/8/28</v>
+        <v>1404/11/30</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C54"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>