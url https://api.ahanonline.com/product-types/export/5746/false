--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -393,316 +393,316 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="71"/>
-    <col min="2" max="2" customWidth="1" width="10"/>
+    <col min="2" max="2" customWidth="1" width="11"/>
     <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.4  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B2" t="str">
-        <v>40685261</v>
+        <v>46991476</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.4  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B3" t="str">
-        <v>31082354</v>
+        <v>35900119</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.4  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B4" t="str">
-        <v>41944381</v>
+        <v>48445760</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.5  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B5" t="str">
-        <v>40651671</v>
+        <v>46952680</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.5  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B6" t="str">
-        <v>43673561</v>
+        <v>50442963</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.5  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B7" t="str">
-        <v>44932682</v>
+        <v>51897247</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.6  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B8" t="str">
-        <v>52487406</v>
+        <v>60622954</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.6  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B9" t="str">
-        <v>48710044</v>
+        <v>56260100</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.6  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B10" t="str">
-        <v>55005647</v>
+        <v>63531522</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.7  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B11" t="str">
-        <v>62560371</v>
+        <v>72257229</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.7  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B12" t="str">
-        <v>58783009</v>
+        <v>67894375</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.7  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B13" t="str">
-        <v>65078612</v>
+        <v>75165797</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.8  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B14" t="str">
-        <v>61568337</v>
+        <v>71111429</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.8  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B15" t="str">
-        <v>66604819</v>
+        <v>76928566</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 0.8  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B16" t="str">
-        <v>73892457</v>
+        <v>85345788</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 1  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B17" t="str">
-        <v>77226187</v>
+        <v>89196246</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 1  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B18" t="str">
-        <v>72701750</v>
+        <v>83970521</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 1  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B19" t="str">
-        <v>78641994</v>
+        <v>90831503</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 1.25  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B20" t="str">
-        <v>83516160</v>
+        <v>96461165</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 1.25  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B21" t="str">
-        <v>88474300</v>
+        <v>102187816</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 1.5  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B22" t="str">
-        <v>86739490</v>
+        <v>100184111</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 1.5  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B23" t="str">
-        <v>91932659</v>
+        <v>106182221</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>ورق استنلس استیل دکوراتیو  304  ضخامت 1.5  ابعاد 1220*2440  میلی متر</v>
       </c>
       <c r="B24" t="str">
-        <v>93426809</v>
+        <v>107907965</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/22</v>
+        <v>1404/10/8</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>