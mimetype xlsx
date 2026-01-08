--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -387,57 +387,404 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1"/>
+  <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
-  <sheetData/>
+  <cols>
+    <col min="1" max="1" customWidth="1" width="72"/>
+    <col min="2" max="2" customWidth="1" width="8"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>نام</v>
+      </c>
+      <c r="B1" t="str">
+        <v>قیمت</v>
+      </c>
+      <c r="C1" t="str">
+        <v>تاریخ اخرین قیمت</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v xml:space="preserve">ورق A283 6 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
+      </c>
+      <c r="B2" t="str">
+        <v>615000</v>
+      </c>
+      <c r="C2" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v xml:space="preserve">ورق A283 6 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+      </c>
+      <c r="B3" t="str">
+        <v>629091</v>
+      </c>
+      <c r="C3" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v xml:space="preserve">ورق A283   8   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B4" t="str">
+        <v>693182</v>
+      </c>
+      <c r="C4" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v xml:space="preserve">ورق A283 8 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
+      </c>
+      <c r="B5" t="str">
+        <v>615000</v>
+      </c>
+      <c r="C5" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v xml:space="preserve">ورق A283 8 اکسین اهواز 2000*6000  شیت  بنگاه تهران      </v>
+      </c>
+      <c r="B6" t="str">
+        <v>693182</v>
+      </c>
+      <c r="C6" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v xml:space="preserve">ورق A283 8 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+      </c>
+      <c r="B7" t="str">
+        <v>629091</v>
+      </c>
+      <c r="C7" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v xml:space="preserve">ورق A283   10   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B8" t="str">
+        <v>693182</v>
+      </c>
+      <c r="C8" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v xml:space="preserve">ورق A283   10   اکسین اهواز  2000*6000    فابریک  Gr C  کارخانه   </v>
+      </c>
+      <c r="B9" t="str">
+        <v>675000</v>
+      </c>
+      <c r="C9" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v xml:space="preserve">ورق A283 10 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
+      </c>
+      <c r="B10" t="str">
+        <v>615000</v>
+      </c>
+      <c r="C10" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v xml:space="preserve">ورق A283 10 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+      </c>
+      <c r="B11" t="str">
+        <v>629091</v>
+      </c>
+      <c r="C11" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v xml:space="preserve">ورق A283   12   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B12" t="str">
+        <v>693182</v>
+      </c>
+      <c r="C12" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v xml:space="preserve">ورق A283   12   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B13" t="str">
+        <v>675000</v>
+      </c>
+      <c r="C13" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v xml:space="preserve">ورق A283 12 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
+      </c>
+      <c r="B14" t="str">
+        <v>615000</v>
+      </c>
+      <c r="C14" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v xml:space="preserve">ورق A283 12 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+      </c>
+      <c r="B15" t="str">
+        <v>629182</v>
+      </c>
+      <c r="C15" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v xml:space="preserve">ورق A283   15   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B16" t="str">
+        <v>684091</v>
+      </c>
+      <c r="C16" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v xml:space="preserve">ورق A283   15   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B17" t="str">
+        <v>665909</v>
+      </c>
+      <c r="C17" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v xml:space="preserve">ورق A283 15 فولاد مبارکه 6000*1500  رول A283 Gr C کارخانه      </v>
+      </c>
+      <c r="B18" t="str">
+        <v>615000</v>
+      </c>
+      <c r="C18" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v xml:space="preserve">ورق A283 15 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+      </c>
+      <c r="B19" t="str">
+        <v>629091</v>
+      </c>
+      <c r="C19" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v xml:space="preserve">ورق A283   20   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B20" t="str">
+        <v>620000</v>
+      </c>
+      <c r="C20" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v xml:space="preserve">ورق A283   20   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B21" t="str">
+        <v>601364</v>
+      </c>
+      <c r="C21" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v xml:space="preserve">ورق A283   25   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B22" t="str">
+        <v>601364</v>
+      </c>
+      <c r="C22" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v xml:space="preserve">ورق A283   30   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B23" t="str">
+        <v>601364</v>
+      </c>
+      <c r="C23" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v xml:space="preserve">ورق A283   30   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B24" t="str">
+        <v>620000</v>
+      </c>
+      <c r="C24" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v xml:space="preserve">ورق A283   35   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B25" t="str">
+        <v>601364</v>
+      </c>
+      <c r="C25" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v xml:space="preserve">ورق A283   35   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B26" t="str">
+        <v>583182</v>
+      </c>
+      <c r="C26" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v xml:space="preserve">ورق A283   40   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B27" t="str">
+        <v>629091</v>
+      </c>
+      <c r="C27" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v xml:space="preserve">ورق A283   40   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B28" t="str">
+        <v>610909</v>
+      </c>
+      <c r="C28" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v xml:space="preserve">ورق A283   45   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+      </c>
+      <c r="B29" t="str">
+        <v>601364</v>
+      </c>
+      <c r="C29" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v xml:space="preserve">ورق A283   45   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B30" t="str">
+        <v>583182</v>
+      </c>
+      <c r="C30" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v xml:space="preserve">ورق A283   50   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+      </c>
+      <c r="B31" t="str">
+        <v>592273</v>
+      </c>
+      <c r="C31" t="str">
+        <v>1404/10/18</v>
+      </c>
+    </row>
+  </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C31"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 