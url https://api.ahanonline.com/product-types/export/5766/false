--- v1 (2026-01-08)
+++ v2 (2026-02-22)
@@ -387,404 +387,349 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C31"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="72"/>
     <col min="2" max="2" customWidth="1" width="8"/>
-    <col min="3" max="3" customWidth="1" width="12"/>
+    <col min="3" max="3" customWidth="1" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">ورق A283 6 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
       </c>
       <c r="B2" t="str">
-        <v>615000</v>
+        <v>644545</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v xml:space="preserve">ورق A283 6 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+        <v xml:space="preserve">ورق A283   8   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B3" t="str">
-        <v>629091</v>
+        <v>744090</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v xml:space="preserve">ورق A283   8   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+        <v xml:space="preserve">ورق A283 8 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
       </c>
       <c r="B4" t="str">
-        <v>693182</v>
+        <v>642727</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v xml:space="preserve">ورق A283 8 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
+        <v xml:space="preserve">ورق A283 8 اکسین اهواز 2000*6000  شیت  بنگاه تهران      </v>
       </c>
       <c r="B5" t="str">
-        <v>615000</v>
+        <v>753636</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v xml:space="preserve">ورق A283 8 اکسین اهواز 2000*6000  شیت  بنگاه تهران      </v>
+        <v xml:space="preserve">ورق A283   10   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B6" t="str">
-        <v>693182</v>
+        <v>698181</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v xml:space="preserve">ورق A283 8 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+        <v xml:space="preserve">ورق A283   10   اکسین اهواز  2000*6000    فابریک  Gr C  کارخانه   </v>
       </c>
       <c r="B7" t="str">
-        <v>629091</v>
+        <v>684545</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v xml:space="preserve">ورق A283   10   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+        <v xml:space="preserve">ورق A283 10 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
       </c>
       <c r="B8" t="str">
-        <v>693182</v>
+        <v>640909</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v xml:space="preserve">ورق A283   10   اکسین اهواز  2000*6000    فابریک  Gr C  کارخانه   </v>
+        <v xml:space="preserve">ورق A283   12   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B9" t="str">
-        <v>675000</v>
+        <v>698181</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v xml:space="preserve">ورق A283 10 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
+        <v xml:space="preserve">ورق A283   12   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B10" t="str">
-        <v>615000</v>
+        <v>684545</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v xml:space="preserve">ورق A283 10 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+        <v xml:space="preserve">ورق A283 12 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
       </c>
       <c r="B11" t="str">
-        <v>629091</v>
+        <v>640909</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v xml:space="preserve">ورق A283   12   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+        <v xml:space="preserve">ورق A283   15   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B12" t="str">
-        <v>693182</v>
+        <v>689090</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v xml:space="preserve">ورق A283   12   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+        <v xml:space="preserve">ورق A283   15   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B13" t="str">
-        <v>675000</v>
+        <v>675454</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v xml:space="preserve">ورق A283 12 فولاد مبارکه 1500  رول A283 Gr C کارخانه      </v>
+        <v xml:space="preserve">ورق A283 15 فولاد مبارکه 6000*1500  رول A283 Gr C کارخانه      </v>
       </c>
       <c r="B14" t="str">
-        <v>615000</v>
+        <v>640909</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v xml:space="preserve">ورق A283 12 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+        <v xml:space="preserve">ورق A283   20   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B15" t="str">
-        <v>629182</v>
+        <v>624545</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v xml:space="preserve">ورق A283   15   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+        <v xml:space="preserve">ورق A283   20   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B16" t="str">
-        <v>684091</v>
+        <v>620000</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v xml:space="preserve">ورق A283   15   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+        <v xml:space="preserve">ورق A283   25   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B17" t="str">
-        <v>665909</v>
+        <v>597272</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v xml:space="preserve">ورق A283 15 فولاد مبارکه 6000*1500  رول A283 Gr C کارخانه      </v>
+        <v xml:space="preserve">ورق A283   30   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B18" t="str">
-        <v>615000</v>
+        <v>624545</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v xml:space="preserve">ورق A283 15 فولاد مبارکه 6000*1500  شیت A283 Gr C بنگاه تهران      </v>
+        <v xml:space="preserve">ورق A283   30   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B19" t="str">
-        <v>629091</v>
+        <v>610909</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v xml:space="preserve">ورق A283   20   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+        <v xml:space="preserve">ورق A283   35   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B20" t="str">
-        <v>620000</v>
+        <v>596363</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v xml:space="preserve">ورق A283   20   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+        <v xml:space="preserve">ورق A283   35   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B21" t="str">
-        <v>601364</v>
+        <v>579090</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v xml:space="preserve">ورق A283   25   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+        <v xml:space="preserve">ورق A283   40   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B22" t="str">
-        <v>601364</v>
+        <v>629090</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v xml:space="preserve">ورق A283   30   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+        <v xml:space="preserve">ورق A283   40   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B23" t="str">
-        <v>601364</v>
+        <v>606363</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v xml:space="preserve">ورق A283   30   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+        <v xml:space="preserve">ورق A283   45   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
       </c>
       <c r="B24" t="str">
-        <v>620000</v>
+        <v>601818</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v xml:space="preserve">ورق A283   35   اکسین اهواز  2000*6000    فابریک  A283  بنگاه تهران   </v>
+        <v xml:space="preserve">ورق A283   45   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B25" t="str">
-        <v>601364</v>
+        <v>588181</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v xml:space="preserve">ورق A283   35   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
+        <v xml:space="preserve">ورق A283   50   اکسین اهواز  2000*6000    فابریک  A283  کارخانه   </v>
       </c>
       <c r="B26" t="str">
-        <v>583182</v>
+        <v>588181</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/10/18</v>
-[...54 lines deleted...]
-        <v>1404/10/18</v>
+        <v>1404/12/3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:C31"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:C26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 