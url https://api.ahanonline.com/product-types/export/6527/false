--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -394,2658 +394,2658 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C237"/>
   <sheetViews>
     <sheetView workbookViewId="0" rightToLeft="1"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="66"/>
     <col min="2" max="2" customWidth="1" width="9"/>
-    <col min="3" max="3" customWidth="1" width="11"/>
+    <col min="3" max="3" customWidth="1" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>نام</v>
       </c>
       <c r="B1" t="str">
         <v>قیمت</v>
       </c>
       <c r="C1" t="str">
         <v>تاریخ اخرین قیمت</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.3 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B2" t="str">
-        <v>2669618</v>
+        <v>3496891</v>
       </c>
       <c r="C2" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.3 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B3" t="str">
-        <v>2669618</v>
+        <v>3496891</v>
       </c>
       <c r="C3" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304 ضخامت 0.3 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B4" t="str">
-        <v>2670536</v>
+        <v>3588718</v>
       </c>
       <c r="C4" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.4 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B5" t="str">
-        <v>2669618</v>
+        <v>3496891</v>
       </c>
       <c r="C5" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.4 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B6" t="str">
-        <v>2725627</v>
+        <v>3507445</v>
       </c>
       <c r="C6" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.4 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B7" t="str">
-        <v>2669618</v>
+        <v>3496891</v>
       </c>
       <c r="C7" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304 ضخامت 0.4 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B8" t="str">
-        <v>2716445</v>
+        <v>3498264</v>
       </c>
       <c r="C8" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.5 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B9" t="str">
-        <v>2667782</v>
+        <v>3495055</v>
       </c>
       <c r="C9" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B10" t="str">
-        <v>2714609</v>
+        <v>3496427</v>
       </c>
       <c r="C10" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.5 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B11" t="str">
-        <v>2676045</v>
+        <v>3503318</v>
       </c>
       <c r="C11" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304  ضخامت  0.5  میلیمتر </v>
       </c>
       <c r="B12" t="str">
-        <v>2677882</v>
+        <v>3596064</v>
       </c>
       <c r="C12" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304  ضخامت  0.5  میلیمتر </v>
       </c>
       <c r="B13" t="str">
-        <v>2677882</v>
+        <v>3596064</v>
       </c>
       <c r="C13" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.6 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B14" t="str">
-        <v>2668700</v>
+        <v>3586882</v>
       </c>
       <c r="C14" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.6 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B15" t="str">
-        <v>2676964</v>
+        <v>3504236</v>
       </c>
       <c r="C15" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.6 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B16" t="str">
-        <v>2714609</v>
+        <v>3496427</v>
       </c>
       <c r="C16" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.6 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B17" t="str">
-        <v>2666864</v>
+        <v>3494136</v>
       </c>
       <c r="C17" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.7 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B18" t="str">
-        <v>2676964</v>
+        <v>3504236</v>
       </c>
       <c r="C18" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.7 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B19" t="str">
-        <v>2714609</v>
+        <v>3496427</v>
       </c>
       <c r="C19" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.8 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B20" t="str">
-        <v>2668700</v>
+        <v>3586882</v>
       </c>
       <c r="C20" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.8 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B21" t="str">
-        <v>2676964</v>
+        <v>3504236</v>
       </c>
       <c r="C21" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.8 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B22" t="str">
-        <v>2714609</v>
+        <v>3496427</v>
       </c>
       <c r="C22" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304 ضخامت 0.8 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B23" t="str">
-        <v>2676964</v>
+        <v>3504236</v>
       </c>
       <c r="C23" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 1 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B24" t="str">
-        <v>2663191</v>
+        <v>3490464</v>
       </c>
       <c r="C24" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 1 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B25" t="str">
-        <v>2665945</v>
+        <v>3493218</v>
       </c>
       <c r="C25" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B26" t="str">
-        <v>2710018</v>
+        <v>3491836</v>
       </c>
       <c r="C26" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B27" t="str">
-        <v>2665027</v>
+        <v>3583209</v>
       </c>
       <c r="C27" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B28" t="str">
-        <v>2710936</v>
+        <v>3492755</v>
       </c>
       <c r="C28" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B29" t="str">
-        <v>2664109</v>
+        <v>3491382</v>
       </c>
       <c r="C29" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 1.25 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B30" t="str">
-        <v>2710018</v>
+        <v>3491836</v>
       </c>
       <c r="C30" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 1.25 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B31" t="str">
-        <v>2665945</v>
+        <v>3493218</v>
       </c>
       <c r="C31" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.25 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B32" t="str">
-        <v>2665027</v>
+        <v>3583209</v>
       </c>
       <c r="C32" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.25 ابعاد 1000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.25 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B33" t="str">
-        <v>2673291</v>
+        <v>3492755</v>
       </c>
       <c r="C33" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.25 ابعاد 1000*2000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.25 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B34" t="str">
-        <v>2710936</v>
+        <v>3500564</v>
       </c>
       <c r="C34" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 1.5 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B35" t="str">
-        <v>2665027</v>
+        <v>3492300</v>
       </c>
       <c r="C35" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.5 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B36" t="str">
-        <v>2664109</v>
+        <v>3582291</v>
       </c>
       <c r="C36" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B37" t="str">
-        <v>2710018</v>
+        <v>3491836</v>
       </c>
       <c r="C37" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.5 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B38" t="str">
-        <v>2665027</v>
+        <v>3492300</v>
       </c>
       <c r="C38" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 1.5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B39" t="str">
-        <v>2710936</v>
+        <v>3492755</v>
       </c>
       <c r="C39" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 2 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B40" t="str">
-        <v>2683391</v>
+        <v>3510664</v>
       </c>
       <c r="C40" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B41" t="str">
-        <v>2710018</v>
+        <v>3491836</v>
       </c>
       <c r="C41" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B42" t="str">
-        <v>2619118</v>
+        <v>3582755</v>
       </c>
       <c r="C42" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B43" t="str">
-        <v>2665027</v>
+        <v>3683209</v>
       </c>
       <c r="C43" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B44" t="str">
-        <v>2618200</v>
+        <v>3563655</v>
       </c>
       <c r="C44" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 2.5 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B45" t="str">
-        <v>2683391</v>
+        <v>3510664</v>
       </c>
       <c r="C45" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2.5 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B46" t="str">
-        <v>2619118</v>
+        <v>3537300</v>
       </c>
       <c r="C46" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2.5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B47" t="str">
-        <v>2664109</v>
+        <v>3582291</v>
       </c>
       <c r="C47" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2.5 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B48" t="str">
-        <v>2629218</v>
+        <v>3547400</v>
       </c>
       <c r="C48" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2.5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B49" t="str">
-        <v>2675127</v>
+        <v>3647855</v>
       </c>
       <c r="C49" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 2.5 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B50" t="str">
-        <v>2619118</v>
+        <v>3491845</v>
       </c>
       <c r="C50" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 3 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B51" t="str">
-        <v>2683391</v>
+        <v>3510664</v>
       </c>
       <c r="C51" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 3 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B52" t="str">
-        <v>2619118</v>
+        <v>3537300</v>
       </c>
       <c r="C52" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 3 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B53" t="str">
-        <v>2665027</v>
+        <v>3583209</v>
       </c>
       <c r="C53" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 3 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B54" t="str">
-        <v>2619118</v>
+        <v>3564573</v>
       </c>
       <c r="C54" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 3 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B55" t="str">
-        <v>2619118</v>
+        <v>3537300</v>
       </c>
       <c r="C55" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 3 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B56" t="str">
-        <v>2665027</v>
+        <v>3583209</v>
       </c>
       <c r="C56" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 3 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B57" t="str">
-        <v>2618200</v>
+        <v>3563655</v>
       </c>
       <c r="C57" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1500*3000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B58" t="str">
-        <v>2665027</v>
+        <v>3537300</v>
       </c>
       <c r="C58" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1500*6000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B59" t="str">
-        <v>2619118</v>
+        <v>3583209</v>
       </c>
       <c r="C59" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B60" t="str">
-        <v>2619118</v>
+        <v>3491845</v>
       </c>
       <c r="C60" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B61" t="str">
-        <v>2619118</v>
+        <v>3537300</v>
       </c>
       <c r="C61" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B62" t="str">
-        <v>2619118</v>
+        <v>3491845</v>
       </c>
       <c r="C62" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B63" t="str">
-        <v>2665027</v>
+        <v>3583209</v>
       </c>
       <c r="C63" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 4 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B64" t="str">
-        <v>2618200</v>
+        <v>3563655</v>
       </c>
       <c r="C64" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 5 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B65" t="str">
-        <v>2673291</v>
+        <v>3464200</v>
       </c>
       <c r="C65" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B66" t="str">
-        <v>2719200</v>
+        <v>3501018</v>
       </c>
       <c r="C66" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 5 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B67" t="str">
-        <v>2665027</v>
+        <v>3492300</v>
       </c>
       <c r="C67" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 5 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B68" t="str">
-        <v>2619118</v>
+        <v>3491845</v>
       </c>
       <c r="C68" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B69" t="str">
-        <v>2665027</v>
+        <v>3583209</v>
       </c>
       <c r="C69" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 5 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B70" t="str">
-        <v>2619118</v>
+        <v>3491845</v>
       </c>
       <c r="C70" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 6 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B71" t="str">
-        <v>2694409</v>
+        <v>3476227</v>
       </c>
       <c r="C71" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 6 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B72" t="str">
-        <v>2694409</v>
+        <v>3476227</v>
       </c>
       <c r="C72" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 6 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B73" t="str">
-        <v>2721036</v>
+        <v>3502855</v>
       </c>
       <c r="C73" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 6 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B74" t="str">
-        <v>2664109</v>
+        <v>3491382</v>
       </c>
       <c r="C74" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 6 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B75" t="str">
-        <v>2675127</v>
+        <v>3456945</v>
       </c>
       <c r="C75" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 6 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B76" t="str">
-        <v>2665027</v>
+        <v>3492300</v>
       </c>
       <c r="C76" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 6 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B77" t="str">
-        <v>2721036</v>
+        <v>3502855</v>
       </c>
       <c r="C77" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 6 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B78" t="str">
-        <v>2665027</v>
+        <v>3492300</v>
       </c>
       <c r="C78" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
-        <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 8 ابعاد 1500 میلیمتر </v>
+        <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 8 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B79" t="str">
-        <v>2692573</v>
+        <v>3522136</v>
       </c>
       <c r="C79" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
-        <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 8 ابعاد 1500*3000 میلیمتر </v>
+        <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 8 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B80" t="str">
-        <v>2740318</v>
+        <v>3519845</v>
       </c>
       <c r="C80" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 8 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B81" t="str">
-        <v>2687982</v>
+        <v>3515255</v>
       </c>
       <c r="C81" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 8 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B82" t="str">
-        <v>2674209</v>
+        <v>3465118</v>
       </c>
       <c r="C82" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 8 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B83" t="str">
-        <v>2723791</v>
+        <v>3505609</v>
       </c>
       <c r="C83" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 8 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B84" t="str">
-        <v>2667782</v>
+        <v>3495055</v>
       </c>
       <c r="C84" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 10 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B85" t="str">
-        <v>2715527</v>
+        <v>3542800</v>
       </c>
       <c r="C85" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 10 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B86" t="str">
-        <v>2711855</v>
+        <v>3493673</v>
       </c>
       <c r="C86" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 10 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B87" t="str">
-        <v>2758682</v>
+        <v>3540500</v>
       </c>
       <c r="C87" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 10 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B88" t="str">
-        <v>2716445</v>
+        <v>3498264</v>
       </c>
       <c r="C88" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 10 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B89" t="str">
-        <v>2762355</v>
+        <v>3544173</v>
       </c>
       <c r="C89" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 12 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B90" t="str">
-        <v>2692573</v>
+        <v>3610755</v>
       </c>
       <c r="C90" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 12 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B91" t="str">
-        <v>2803673</v>
+        <v>3585491</v>
       </c>
       <c r="C91" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 12 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B92" t="str">
-        <v>2808264</v>
+        <v>3590082</v>
       </c>
       <c r="C92" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 15 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B93" t="str">
-        <v>2834891</v>
+        <v>3762164</v>
       </c>
       <c r="C93" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 15 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B94" t="str">
-        <v>2788982</v>
+        <v>3570800</v>
       </c>
       <c r="C94" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 15 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B95" t="str">
-        <v>2830300</v>
+        <v>3666664</v>
       </c>
       <c r="C95" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="str">
         <v xml:space="preserve">ورق استیل صنعتی  304L ضخامت 20 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B96" t="str">
-        <v>2715527</v>
+        <v>3497345</v>
       </c>
       <c r="C96" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  304L ضخامت 20 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B97" t="str">
-        <v>2910182</v>
+        <v>3610182</v>
       </c>
       <c r="C97" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4828 ضخامت 2 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B98" t="str">
         <v>6072727</v>
       </c>
       <c r="C98" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4828 ضخامت 2 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B99" t="str">
         <v>6031818</v>
       </c>
       <c r="C99" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4828 ضخامت 2 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B100" t="str">
         <v>6077273</v>
       </c>
       <c r="C100" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4828 ضخامت 3 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B101" t="str">
         <v>6072727</v>
       </c>
       <c r="C101" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4828 ضخامت 3 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B102" t="str">
         <v>6077273</v>
       </c>
       <c r="C102" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4828 ضخامت 6 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B103" t="str">
         <v>6027273</v>
       </c>
       <c r="C103" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4828 ضخامت 10 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B104" t="str">
         <v>6031818</v>
       </c>
       <c r="C104" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4828 ضخامت 12 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B105" t="str">
         <v>6031818</v>
       </c>
       <c r="C105" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 1 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B106" t="str">
-        <v>7059091</v>
+        <v>8104545</v>
       </c>
       <c r="C106" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 1 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B107" t="str">
-        <v>7059091</v>
+        <v>8104545</v>
       </c>
       <c r="C107" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 2 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B108" t="str">
-        <v>7140909</v>
+        <v>8186364</v>
       </c>
       <c r="C108" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 2 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B109" t="str">
-        <v>7186364</v>
+        <v>8231818</v>
       </c>
       <c r="C109" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841  ضخامت  2  میلیمتر </v>
       </c>
       <c r="B110" t="str">
-        <v>7140909</v>
+        <v>8186364</v>
       </c>
       <c r="C110" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 3 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B111" t="str">
-        <v>6783864</v>
+        <v>7829318</v>
       </c>
       <c r="C111" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 3 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B112" t="str">
-        <v>6827045</v>
+        <v>7872500</v>
       </c>
       <c r="C112" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841  ضخامت  3  میلیمتر </v>
       </c>
       <c r="B113" t="str">
-        <v>6783864</v>
+        <v>7829318</v>
       </c>
       <c r="C113" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 4 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B114" t="str">
-        <v>6611136</v>
+        <v>7656591</v>
       </c>
       <c r="C114" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 4 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B115" t="str">
-        <v>6654318</v>
+        <v>7699773</v>
       </c>
       <c r="C115" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 4 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B116" t="str">
-        <v>6611136</v>
+        <v>7656591</v>
       </c>
       <c r="C116" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 4 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B117" t="str">
-        <v>6654318</v>
+        <v>7699773</v>
       </c>
       <c r="C117" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 5 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B118" t="str">
-        <v>6611136</v>
+        <v>7656591</v>
       </c>
       <c r="C118" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B119" t="str">
-        <v>6654318</v>
+        <v>7699773</v>
       </c>
       <c r="C119" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B120" t="str">
-        <v>6654318</v>
+        <v>7699773</v>
       </c>
       <c r="C120" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841  ضخامت  5  میلیمتر </v>
       </c>
       <c r="B121" t="str">
-        <v>6611136</v>
+        <v>7656591</v>
       </c>
       <c r="C121" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 6 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B122" t="str">
-        <v>6611136</v>
+        <v>7656591</v>
       </c>
       <c r="C122" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 6 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B123" t="str">
-        <v>6654318</v>
+        <v>7699773</v>
       </c>
       <c r="C123" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 6 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B124" t="str">
-        <v>6654318</v>
+        <v>7699773</v>
       </c>
       <c r="C124" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841  ضخامت  6  میلیمتر </v>
       </c>
       <c r="B125" t="str">
-        <v>6611136</v>
+        <v>7656591</v>
       </c>
       <c r="C125" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 8 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B126" t="str">
-        <v>6611136</v>
+        <v>7656591</v>
       </c>
       <c r="C126" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 8 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B127" t="str">
-        <v>6611136</v>
+        <v>7656591</v>
       </c>
       <c r="C127" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 10 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B128" t="str">
-        <v>6459525</v>
+        <v>7459525</v>
       </c>
       <c r="C128" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 10 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B129" t="str">
-        <v>6673275</v>
+        <v>7718730</v>
       </c>
       <c r="C129" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 10 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B130" t="str">
-        <v>6630525</v>
+        <v>7675980</v>
       </c>
       <c r="C130" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 12 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B131" t="str">
-        <v>6697500</v>
+        <v>7742955</v>
       </c>
       <c r="C131" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 12 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B132" t="str">
-        <v>6740682</v>
+        <v>7786136</v>
       </c>
       <c r="C132" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 12 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B133" t="str">
-        <v>6697500</v>
+        <v>7742955</v>
       </c>
       <c r="C133" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 12 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B134" t="str">
-        <v>6697500</v>
+        <v>7742955</v>
       </c>
       <c r="C134" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 15 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B135" t="str">
-        <v>6533409</v>
+        <v>7487955</v>
       </c>
       <c r="C135" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 15 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B136" t="str">
-        <v>6749318</v>
+        <v>7794773</v>
       </c>
       <c r="C136" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 15 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B137" t="str">
-        <v>6706136</v>
+        <v>7751591</v>
       </c>
       <c r="C137" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 20 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B138" t="str">
-        <v>6611136</v>
+        <v>7565682</v>
       </c>
       <c r="C138" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 20 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B139" t="str">
-        <v>6827045</v>
+        <v>7872500</v>
       </c>
       <c r="C139" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  1.4841 ضخامت 20 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B140" t="str">
-        <v>6783864</v>
+        <v>7829318</v>
       </c>
       <c r="C140" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B141" t="str">
-        <v>4656364</v>
+        <v>5092727</v>
       </c>
       <c r="C141" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1 ابعاد 1250 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B142" t="str">
-        <v>4660909</v>
+        <v>5240909</v>
       </c>
       <c r="C142" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1 ابعاد 1250*2500 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B143" t="str">
-        <v>4668182</v>
+        <v>5097273</v>
       </c>
       <c r="C143" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B144" t="str">
-        <v>4668182</v>
+        <v>5240909</v>
       </c>
       <c r="C144" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B145" t="str">
-        <v>4660909</v>
+        <v>5097273</v>
       </c>
       <c r="C145" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1.5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B146" t="str">
-        <v>4715455</v>
+        <v>5288182</v>
       </c>
       <c r="C146" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1.5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B147" t="str">
-        <v>4715455</v>
+        <v>5288182</v>
       </c>
       <c r="C147" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1.5 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B148" t="str">
-        <v>4668182</v>
+        <v>5240909</v>
       </c>
       <c r="C148" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1.5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B149" t="str">
-        <v>4668182</v>
+        <v>5240909</v>
       </c>
       <c r="C149" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 1.5 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B150" t="str">
-        <v>4660909</v>
+        <v>5097273</v>
       </c>
       <c r="C150" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 2 ابعاد 1500*3000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 2 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B151" t="str">
-        <v>4674545</v>
+        <v>5195455</v>
       </c>
       <c r="C151" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 2 ابعاد 1250*2500 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 2 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B152" t="str">
-        <v>4622727</v>
+        <v>5247273</v>
       </c>
       <c r="C152" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 2 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B153" t="str">
-        <v>4668182</v>
+        <v>5240909</v>
       </c>
       <c r="C153" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316 ضخامت 2 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B154" t="str">
-        <v>4615455</v>
+        <v>5051818</v>
       </c>
       <c r="C154" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 2.5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B155" t="str">
-        <v>4668182</v>
+        <v>5240909</v>
       </c>
       <c r="C155" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 2.5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B156" t="str">
-        <v>4668182</v>
+        <v>5240909</v>
       </c>
       <c r="C156" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316 ضخامت 2.5 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B157" t="str">
-        <v>4609091</v>
+        <v>5045455</v>
       </c>
       <c r="C157" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 3 ابعاد 1000*2000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 3 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B158" t="str">
-        <v>4986364</v>
+        <v>5201818</v>
       </c>
       <c r="C158" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 3 ابعاد 1500*6000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 3 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B159" t="str">
-        <v>4629091</v>
+        <v>5247273</v>
       </c>
       <c r="C159" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 3 ابعاد 1500*3000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 3 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B160" t="str">
-        <v>4674545</v>
+        <v>5195455</v>
       </c>
       <c r="C160" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 3 ابعاد 1250*2500 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 3 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B161" t="str">
-        <v>4622727</v>
+        <v>5559091</v>
       </c>
       <c r="C161" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316 ضخامت 3 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B162" t="str">
-        <v>4615455</v>
+        <v>5051818</v>
       </c>
       <c r="C162" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316 ضخامت 3 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B163" t="str">
-        <v>4745455</v>
+        <v>5181818</v>
       </c>
       <c r="C163" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 4 ابعاد 1000*2000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 4 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B164" t="str">
-        <v>4850000</v>
+        <v>5201818</v>
       </c>
       <c r="C164" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 4 ابعاد 1500*6000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 4 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B165" t="str">
-        <v>4629091</v>
+        <v>5240909</v>
       </c>
       <c r="C165" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 4 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B166" t="str">
-        <v>4622727</v>
+        <v>5195455</v>
       </c>
       <c r="C166" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 4 ابعاد 1500*3000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 4 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B167" t="str">
-        <v>4668182</v>
+        <v>5422727</v>
       </c>
       <c r="C167" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 5 ابعاد 1000*2000 میلیمتر </v>
+        <v xml:space="preserve">ورق استیل صنعتی  316L ضخامت 5 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B168" t="str">
-        <v>4850000</v>
+        <v>5186364</v>
       </c>
       <c r="C168" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="str">
-        <v xml:space="preserve">ورق استیل صنعتی  316L ضخامت 5 ابعاد 1500*6000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B169" t="str">
-        <v>4622727</v>
+        <v>5247273</v>
       </c>
       <c r="C169" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 5 ابعاد 1500*3000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 5 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B170" t="str">
-        <v>4674545</v>
+        <v>5059091</v>
       </c>
       <c r="C170" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 5 ابعاد 1500 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 5 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B171" t="str">
-        <v>4622727</v>
+        <v>5195455</v>
       </c>
       <c r="C171" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 5 ابعاد 1250*2500 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B172" t="str">
-        <v>4622727</v>
+        <v>5422727</v>
       </c>
       <c r="C172" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316 ضخامت 5 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B173" t="str">
-        <v>4609091</v>
+        <v>5045455</v>
       </c>
       <c r="C173" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1000*2000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B174" t="str">
-        <v>4851818</v>
+        <v>5193636</v>
       </c>
       <c r="C174" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1500*6000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B175" t="str">
-        <v>4630000</v>
+        <v>5222727</v>
       </c>
       <c r="C175" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1500*3000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B176" t="str">
-        <v>4659091</v>
+        <v>5054545</v>
       </c>
       <c r="C176" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1500 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B177" t="str">
-        <v>4618182</v>
+        <v>5195455</v>
       </c>
       <c r="C177" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1250*2500 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1250 میلیمتر </v>
       </c>
       <c r="B178" t="str">
-        <v>4622727</v>
+        <v>5047273</v>
       </c>
       <c r="C178" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1250 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 6 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B179" t="str">
-        <v>4610909</v>
+        <v>6951818</v>
       </c>
       <c r="C179" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316 ضخامت 6 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B180" t="str">
-        <v>4609091</v>
+        <v>5045455</v>
       </c>
       <c r="C180" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 8 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B181" t="str">
-        <v>4634545</v>
+        <v>5198182</v>
       </c>
       <c r="C181" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 8 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B182" t="str">
-        <v>4700000</v>
+        <v>5263636</v>
       </c>
       <c r="C182" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 8 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B183" t="str">
-        <v>4627273</v>
+        <v>5190909</v>
       </c>
       <c r="C183" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 8 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B184" t="str">
-        <v>4672727</v>
+        <v>5236364</v>
       </c>
       <c r="C184" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 10 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B185" t="str">
-        <v>4720000</v>
+        <v>5292727</v>
       </c>
       <c r="C185" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 10 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B186" t="str">
-        <v>4770000</v>
+        <v>5342727</v>
       </c>
       <c r="C186" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 10 ابعاد 1000*2000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 10 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B187" t="str">
-        <v>4760909</v>
+        <v>5138182</v>
       </c>
       <c r="C187" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 10 ابعاد 1000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 10 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B188" t="str">
-        <v>4701818</v>
+        <v>5333636</v>
       </c>
       <c r="C188" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316 ضخامت 10 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B189" t="str">
-        <v>4701818</v>
+        <v>5138182</v>
       </c>
       <c r="C189" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 12 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B190" t="str">
-        <v>4729091</v>
+        <v>5301818</v>
       </c>
       <c r="C190" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 12 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B191" t="str">
-        <v>4760909</v>
+        <v>5333636</v>
       </c>
       <c r="C191" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316 ضخامت 12 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B192" t="str">
-        <v>4701818</v>
+        <v>5138182</v>
       </c>
       <c r="C192" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 15 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B193" t="str">
-        <v>4783636</v>
+        <v>5356364</v>
       </c>
       <c r="C193" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 15 ابعاد 1000*2000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 15 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B194" t="str">
-        <v>5356364</v>
+        <v>5406364</v>
       </c>
       <c r="C194" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 15 ابعاد 1500*3000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 15 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B195" t="str">
-        <v>4833636</v>
+        <v>5929091</v>
       </c>
       <c r="C195" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 20 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B196" t="str">
-        <v>4765455</v>
+        <v>5338182</v>
       </c>
       <c r="C196" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  316L ضخامت 20 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B197" t="str">
-        <v>5429091</v>
+        <v>6001818</v>
       </c>
       <c r="C197" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 1.5 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B198" t="str">
-        <v>3895455</v>
+        <v>4231818</v>
       </c>
       <c r="C198" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 1.5 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B199" t="str">
-        <v>3845455</v>
+        <v>4181818</v>
       </c>
       <c r="C199" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 3 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B200" t="str">
-        <v>3890909</v>
+        <v>4227273</v>
       </c>
       <c r="C200" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 5 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B201" t="str">
-        <v>3845455</v>
+        <v>4181818</v>
       </c>
       <c r="C201" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B202" t="str">
-        <v>3890909</v>
+        <v>4227273</v>
       </c>
       <c r="C202" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 6 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B203" t="str">
-        <v>3845455</v>
+        <v>4181818</v>
       </c>
       <c r="C203" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 8 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B204" t="str">
-        <v>3845455</v>
+        <v>4181818</v>
       </c>
       <c r="C204" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 10 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B205" t="str">
-        <v>3940909</v>
+        <v>4277273</v>
       </c>
       <c r="C205" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 12 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B206" t="str">
-        <v>3940909</v>
+        <v>4277273</v>
       </c>
       <c r="C206" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 14 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B207" t="str">
-        <v>4027273</v>
+        <v>4363636</v>
       </c>
       <c r="C207" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  321 ضخامت 20 ابعاد 1500*6000 میلیمتر </v>
       </c>
       <c r="B208" t="str">
-        <v>4027273</v>
+        <v>4363636</v>
       </c>
       <c r="C208" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.3  میلیمتر </v>
       </c>
       <c r="B209" t="str">
-        <v>1811818</v>
+        <v>2120909</v>
       </c>
       <c r="C209" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.3  میلیمتر </v>
       </c>
       <c r="B210" t="str">
-        <v>1837273</v>
+        <v>2146364</v>
       </c>
       <c r="C210" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.4  میلیمتر </v>
       </c>
       <c r="B211" t="str">
-        <v>1811818</v>
+        <v>2120909</v>
       </c>
       <c r="C211" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.4  میلیمتر </v>
       </c>
       <c r="B212" t="str">
-        <v>1864545</v>
+        <v>2173636</v>
       </c>
       <c r="C212" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 0.4 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B213" t="str">
-        <v>1781818</v>
+        <v>2090909</v>
       </c>
       <c r="C213" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.5  میلیمتر </v>
       </c>
       <c r="B214" t="str">
-        <v>1800909</v>
+        <v>2110000</v>
       </c>
       <c r="C214" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.5  میلیمتر </v>
       </c>
       <c r="B215" t="str">
-        <v>1811818</v>
+        <v>2120909</v>
       </c>
       <c r="C215" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.5  میلیمتر </v>
       </c>
       <c r="B216" t="str">
-        <v>1864545</v>
+        <v>2173636</v>
       </c>
       <c r="C216" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.6  میلیمتر </v>
       </c>
       <c r="B217" t="str">
-        <v>1801818</v>
+        <v>2110909</v>
       </c>
       <c r="C217" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.6  میلیمتر </v>
       </c>
       <c r="B218" t="str">
-        <v>1864545</v>
+        <v>2173636</v>
       </c>
       <c r="C218" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 0.6 ابعاد 1220*2440 میلیمتر </v>
       </c>
       <c r="B219" t="str">
-        <v>1801818</v>
+        <v>2110909</v>
       </c>
       <c r="C219" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.7  میلیمتر </v>
       </c>
       <c r="B220" t="str">
-        <v>1800909</v>
+        <v>2110000</v>
       </c>
       <c r="C220" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 0.7 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B221" t="str">
-        <v>1818182</v>
+        <v>2127273</v>
       </c>
       <c r="C221" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 0.7 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B222" t="str">
-        <v>1801818</v>
+        <v>2110909</v>
       </c>
       <c r="C222" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.8  میلیمتر </v>
       </c>
       <c r="B223" t="str">
-        <v>1801818</v>
+        <v>2110909</v>
       </c>
       <c r="C223" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  0.8  میلیمتر </v>
       </c>
       <c r="B224" t="str">
-        <v>1800909</v>
+        <v>2110000</v>
       </c>
       <c r="C224" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  1  میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 1 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B225" t="str">
-        <v>1808182</v>
+        <v>2170909</v>
       </c>
       <c r="C225" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="str">
-        <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 1 ابعاد 1000*2000 میلیمتر </v>
+        <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  1  میلیمتر </v>
       </c>
       <c r="B226" t="str">
-        <v>1861818</v>
+        <v>2117273</v>
       </c>
       <c r="C226" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  1.2  میلیمتر </v>
       </c>
       <c r="B227" t="str">
-        <v>1811818</v>
+        <v>2120909</v>
       </c>
       <c r="C227" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 1.2 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B228" t="str">
-        <v>1867273</v>
+        <v>2176364</v>
       </c>
       <c r="C228" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430  ضخامت  1.5  میلیمتر </v>
       </c>
       <c r="B229" t="str">
-        <v>1811818</v>
+        <v>2120909</v>
       </c>
       <c r="C229" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 1.5 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B230" t="str">
-        <v>1867273</v>
+        <v>2176364</v>
       </c>
       <c r="C230" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 2 ابعاد 1250*2500 میلیمتر </v>
       </c>
       <c r="B231" t="str">
-        <v>1815455</v>
+        <v>2124545</v>
       </c>
       <c r="C231" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 2 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B232" t="str">
-        <v>1815455</v>
+        <v>2124545</v>
       </c>
       <c r="C232" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 2 ابعاد 1000 میلیمتر </v>
       </c>
       <c r="B233" t="str">
-        <v>1805455</v>
+        <v>2114545</v>
       </c>
       <c r="C233" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 2 ابعاد 1220*2440 میلیمتر </v>
       </c>
       <c r="B234" t="str">
-        <v>1815455</v>
+        <v>2124545</v>
       </c>
       <c r="C234" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 3 ابعاد 1500*3000 میلیمتر </v>
       </c>
       <c r="B235" t="str">
-        <v>2043636</v>
+        <v>2352727</v>
       </c>
       <c r="C235" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 3 ابعاد 1000*2000 میلیمتر </v>
       </c>
       <c r="B236" t="str">
-        <v>2023636</v>
+        <v>2332727</v>
       </c>
       <c r="C236" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="str">
         <v xml:space="preserve">ورق استنلس استیل صنعتی  430 ضخامت 3 ابعاد 1500 میلیمتر </v>
       </c>
       <c r="B237" t="str">
-        <v>1978182</v>
+        <v>2287273</v>
       </c>
       <c r="C237" t="str">
-        <v>1404/8/25</v>
+        <v>1404/10/10</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:C237"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>قیمت کالاها</vt:lpstr>